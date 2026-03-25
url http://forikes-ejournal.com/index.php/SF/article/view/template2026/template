--- v0 (2026-01-22)
+++ v1 (2026-03-25)
@@ -7,6522 +7,4848 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="08AA1630" w14:textId="0021EFBB" w:rsidR="0034796D" w:rsidRPr="0034796D" w:rsidRDefault="000F6EE5" w:rsidP="0034796D">
+    <w:p w14:paraId="407A3916" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="00323514" w:rsidRDefault="00323514" w:rsidP="00323514">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0034796D">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323514">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t>!</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>ATTENTION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="127EA65B" w14:textId="3B4793D9" w:rsidR="005B6424" w:rsidRPr="0034796D" w:rsidRDefault="000F6EE5" w:rsidP="0034796D">
+    <w:p w14:paraId="6CB6EB98" w14:textId="77777777" w:rsidR="00323514" w:rsidRDefault="00323514" w:rsidP="00323514">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BECC8B3" w14:textId="004B8842" w:rsidR="00323514" w:rsidRPr="00323514" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>THE EDITORIAL BOARD WILL REJECT ANY ARTICLE THAT DOES NOT FOLLOW THE WRITING GUIDELINES SPECIFIED IN THIS TEMPLATE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="376FF2AE" w14:textId="77777777" w:rsidR="00323514" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D8C6832" w14:textId="77777777" w:rsidR="00323514" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>The article template serves both as the space for writing the manuscript and as the guideline for authors. All content and formatting rules contained in this template must be strictly followed. Every visible formatting element in the template should be treated as a guideline, even when not explicitly explained. For example, if a paragraph is written with a 0.5 cm indentation, using Arial Narrow 10 regular, single spacing, and without additional spacing before or after the paragraph, then such formatting must be considered mandatory. Authors are not permitted to write using different content structures or formatting styles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FB68592" w14:textId="158DD761" w:rsidR="00323514" w:rsidRPr="00323514" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>To ensure clarity, carefully read the following instructions before you begin writing your article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D83EBD0" w14:textId="77777777" w:rsidR="00323514" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>Write your article directly in this template; do not create a separate file.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="260A0FFA" w14:textId="77777777" w:rsidR="00323514" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>Read all instructions and examples thoroughly, then apply them accordingly.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>For instance, if the title in the template is written in Sentence case, Arial Narrow 12, bold, blue, and left-aligned, you must follow that exact format. Pay close attention to the rules and examples for writing the title, author names, affiliations, abstract, introduction, methods, results, discussion, and references.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01DAB4B1" w14:textId="77777777" w:rsidR="00323514" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>Be meticulous when writing authors’ names, as only you can ensure their accuracy.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:br/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0034796D">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">REDAKSI </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>Abbreviating names is not allowed—for example, writing “N” instead of “Nugroho”—unless the author’s official name is indeed an abbreviation.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0034796D">
-[...2 lines deleted...]
-          <w:b/>
+    </w:p>
+    <w:p w14:paraId="73AA4F94" w14:textId="77777777" w:rsidR="00323514" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:t>MENOLAK</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>Do not violate the rules for writing tables and figures.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0034796D">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> ARTIKEL YANG TIDAK MENGIKUTI ATURAN PENULISAN DALAM </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0034796D">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Carefully follow the formatting guidelines for table and figure titles, sentence structure, and avoid using bold text. For figure titles, it is prohibited to replace the word </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:t>TEMPLATE</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>“Gambar”</w:t>
       </w:r>
-      <w:r w:rsidRPr="0034796D">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> INI </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with other terms such as diagram, chart, flow, scheme, graph, and so on.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC0AE5A" w14:textId="77777777" w:rsidR="00DD34B7" w:rsidRPr="000F6EE5" w:rsidRDefault="00DD34B7" w:rsidP="0034796D">
-[...236 lines deleted...]
-    <w:p w14:paraId="65FB2094" w14:textId="77777777" w:rsidR="005B6424" w:rsidRPr="000F6EE5" w:rsidRDefault="005B6424" w:rsidP="0034796D">
+    <w:p w14:paraId="2F822210" w14:textId="77777777" w:rsidR="00323514" w:rsidRDefault="00323514" w:rsidP="00323514">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="65"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:bCs/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Tulis artikel Anda di dalam </w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>Citations and references must follow the Vancouver style.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F6EE5">
-[...4 lines deleted...]
-          <w:iCs/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>template</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F6EE5">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> ini, bukan membuat file </w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>In-text citations must be written using sequential numbers starting from 1, placed in square brackets, and positioned before the final period of the sentence.</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>tersendiri !</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>Examples:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6E1DBDDB" w14:textId="77777777" w:rsidR="00DD34B7" w:rsidRPr="000F6EE5" w:rsidRDefault="00DD34B7" w:rsidP="0034796D">
+    <w:p w14:paraId="1C91DB73" w14:textId="77777777" w:rsidR="00323514" w:rsidRDefault="00323514" w:rsidP="00323514">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:bCs/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>… patient self-esteem [1].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33306E2D" w14:textId="2EAFF24C" w:rsidR="005B6424" w:rsidRPr="000F6EE5" w:rsidRDefault="005B6424" w:rsidP="0034796D">
+    <w:p w14:paraId="2158DAB9" w14:textId="77777777" w:rsidR="00B4218B" w:rsidRDefault="00323514" w:rsidP="00323514">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:bCs/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...153 lines deleted...]
-        <w:t>, maka Anda harus mengikuti aturan tersebut. Perhatikan dan patuhi pula ketentuan dan contoh penulisan penulis, afiliasi, abstrak, pendahuluan, metode, hasil, pembahasan dan daftar pustaka.</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>… patient self-esteem [1, 2].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63FF85B8" w14:textId="77777777" w:rsidR="00DD34B7" w:rsidRPr="000F6EE5" w:rsidRDefault="00DD34B7" w:rsidP="0034796D">
+    <w:p w14:paraId="0FEE3FF9" w14:textId="77777777" w:rsidR="00B4218B" w:rsidRDefault="00323514" w:rsidP="00323514">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:bCs/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>… patient self-esteem [1, 3, 7].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E2FE2EA" w14:textId="1C94E7FB" w:rsidR="00B10CE2" w:rsidRPr="000F6EE5" w:rsidRDefault="00B10CE2" w:rsidP="0034796D">
+    <w:p w14:paraId="4C44F7EB" w14:textId="77777777" w:rsidR="00B4218B" w:rsidRDefault="00323514" w:rsidP="00323514">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:bCs/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...10 lines deleted...]
-        <w:t>, kecuali memang nama resmi pengarang adalah berupa singkatan.</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>… patient self-esteem [1–3].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E211B9F" w14:textId="77777777" w:rsidR="00DD34B7" w:rsidRPr="000F6EE5" w:rsidRDefault="00DD34B7" w:rsidP="0034796D">
+    <w:p w14:paraId="52A1E42E" w14:textId="77777777" w:rsidR="00B4218B" w:rsidRDefault="00323514" w:rsidP="00323514">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>… patient self-esteem [1–3, 6, 8].</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="072DA331" w14:textId="77777777" w:rsidR="00DD34B7" w:rsidRPr="000F6EE5" w:rsidRDefault="00DD34B7" w:rsidP="0034796D">
-[...40 lines deleted...]
-    <w:p w14:paraId="7CDA4F29" w14:textId="77777777" w:rsidR="00DD34B7" w:rsidRPr="000F6EE5" w:rsidRDefault="00DD34B7" w:rsidP="0034796D">
+    <w:p w14:paraId="609E480F" w14:textId="77777777" w:rsidR="00B4218B" w:rsidRDefault="00323514" w:rsidP="00323514">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:bCs/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>Perhatikan dengan cermat aturan penulisan judul tabel dan gambar, format kalimat, hindari huruf cetak tebal. Untuk judul gambar, dilarang mengubah kata “gambar” menjadi kata yang lain seperti: diagram, bagan, alur, skema, grafik dan sebagainya.</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>… patient self-esteem [1–3, 6, 8–11].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E1BD938" w14:textId="77777777" w:rsidR="00DD34B7" w:rsidRPr="000F6EE5" w:rsidRDefault="00DD34B7" w:rsidP="0034796D">
+    <w:p w14:paraId="040C1584" w14:textId="77777777" w:rsidR="00B4218B" w:rsidRDefault="00323514" w:rsidP="00B4218B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>… patient self-esteem [1, 2, 5, 6, 9–12].</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6D6926F6" w14:textId="77777777" w:rsidR="003A736E" w:rsidRPr="000F6EE5" w:rsidRDefault="003A736E" w:rsidP="0034796D">
-[...40 lines deleted...]
-    <w:p w14:paraId="7608A19A" w14:textId="3A5E0265" w:rsidR="003A736E" w:rsidRPr="000F6EE5" w:rsidRDefault="003A736E" w:rsidP="0034796D">
+    <w:p w14:paraId="412C3196" w14:textId="0A468F5D" w:rsidR="00323514" w:rsidRPr="00B4218B" w:rsidRDefault="00323514" w:rsidP="00B4218B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:bCs/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>Sitasi di dalam paragraf harus ditulis menggunakan angka secara berurutan mulai dari nomor 1</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>You must fully understand how to write references using the Vancouver style. Pay attention to the differences in formatting for various types of sources, such as journal articles, books, proceedings, websites, magazines, and others. When using citation software such as Mendeley, many potential errors can be avoided.</w:t>
       </w:r>
-      <w:r w:rsidR="000F6EE5">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F6EE5">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...40 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>Be cautious when writing references manually, as mistakes frequently occur in the use of punctuation marks (periods, colons, semicolons), spacing, and parentheses.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="442C8310" w14:textId="77777777" w:rsidR="003A736E" w:rsidRPr="000F6EE5" w:rsidRDefault="003A736E" w:rsidP="0034796D">
+    <w:p w14:paraId="07BA39E0" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="00323514" w:rsidRDefault="00323514" w:rsidP="00323514">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...10 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C5EDC2E" w14:textId="77777777" w:rsidR="0034796D" w:rsidRDefault="007A6921" w:rsidP="0034796D">
-[...613 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="70A3979C" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="00323514" w:rsidRDefault="00323514">
+      <w:r w:rsidRPr="00323514">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7088"/>
-        <w:gridCol w:w="3368"/>
+        <w:gridCol w:w="5812"/>
+        <w:gridCol w:w="1750"/>
+        <w:gridCol w:w="2904"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000F6EE5" w:rsidRPr="000F6EE5" w14:paraId="23648C16" w14:textId="77777777" w:rsidTr="000F6EE5">
+      <w:tr w:rsidR="0071371D" w:rsidRPr="0071371D" w14:paraId="23648C16" w14:textId="77777777" w:rsidTr="0071371D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="48" w:space="0" w:color="0000CC"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="0000CC"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="CDCDFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D1D1FF"/>
           </w:tcPr>
-          <w:p w14:paraId="64C14805" w14:textId="77777777" w:rsidR="000F6EE5" w:rsidRPr="000F6EE5" w:rsidRDefault="000F6EE5" w:rsidP="00B61165">
+          <w:p w14:paraId="64C14805" w14:textId="36AB9C9A" w:rsidR="0071371D" w:rsidRPr="0071371D" w:rsidRDefault="0071371D" w:rsidP="0071371D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="-113" w:right="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="0000CC"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F6EE5">
+            <w:r w:rsidRPr="0071371D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="0000CC"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Jurnal Penelitian Kesehatan Suara Forikes (Journal of Health Research Forikes Voice)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65F4E23F" w14:textId="420EE806" w:rsidR="000F6EE5" w:rsidRPr="000F6EE5" w:rsidRDefault="000F6EE5" w:rsidP="00B61165">
+          <w:p w14:paraId="65F4E23F" w14:textId="41980667" w:rsidR="0071371D" w:rsidRPr="0071371D" w:rsidRDefault="0071371D" w:rsidP="0071371D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="-113" w:right="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="0000CC"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0034796D">
+            <w:r w:rsidRPr="0071371D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="0000CC"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>DOI: http://dx.doi.org/10.33846/sf00000</w:t>
+              <w:t>DOI: http://dx.doi.org/10.33846/sf170101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:tcW w:w="1750" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="48" w:space="0" w:color="0000CC"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="0000CC"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="CDCDFF"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E988371" w14:textId="77777777" w:rsidR="000F6EE5" w:rsidRPr="000F6EE5" w:rsidRDefault="000F6EE5" w:rsidP="00B61165">
+          <w:p w14:paraId="7632CBAE" w14:textId="520FBFB1" w:rsidR="0071371D" w:rsidRPr="0071371D" w:rsidRDefault="0071371D" w:rsidP="0071371D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="-113" w:right="-57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="0000CC"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071371D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="0000CC"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>RESEARCH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2904" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="0000CC"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D1D1FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E988371" w14:textId="19B9565C" w:rsidR="0071371D" w:rsidRPr="0071371D" w:rsidRDefault="0071371D" w:rsidP="0071371D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="-113" w:right="-57"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="0000CC"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F6EE5">
+            <w:r w:rsidRPr="0071371D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="0000CC"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>p-ISSN 2086-3098 e-ISSN 2502-7778</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BF79038" w14:textId="77777777" w:rsidR="000F6EE5" w:rsidRPr="000F6EE5" w:rsidRDefault="000F6EE5" w:rsidP="00B61165">
+          <w:p w14:paraId="3BF79038" w14:textId="70841115" w:rsidR="0071371D" w:rsidRPr="0071371D" w:rsidRDefault="0071371D" w:rsidP="0071371D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="-113" w:right="-57"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="0000CC"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F6EE5">
+            <w:r w:rsidRPr="0071371D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="0000CC"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Volume 17 Nomor 1, Januari 2026</w:t>
+              <w:t>Volume 17 Number 1, January 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="364E00F6" w14:textId="77777777" w:rsidR="000D43BD" w:rsidRPr="000F6EE5" w:rsidRDefault="000D43BD" w:rsidP="000D43BD">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="364E00F6" w14:textId="77777777" w:rsidR="000D43BD" w:rsidRDefault="000D43BD" w:rsidP="00323514">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6987AEAA" w14:textId="63E24D24" w:rsidR="00221865" w:rsidRPr="00B32311" w:rsidRDefault="00B32311" w:rsidP="0023685A">
+    <w:p w14:paraId="2ED29E68" w14:textId="76AAFA95" w:rsidR="00323514" w:rsidRPr="00B32311" w:rsidRDefault="004B1D3B" w:rsidP="00323514">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>The short title should reflect the main findings or conclusions and must be written in sentence case (Arial Narrow 14, bold</w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, blue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6113C5F5" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E9E4176" w14:textId="26DDE015" w:rsidR="00323514" w:rsidRPr="0034796D" w:rsidRDefault="00B4218B" w:rsidP="00323514">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>First Author</w:t>
+      </w:r>
+      <w:r w:rsidR="00323514" w:rsidRPr="0034796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00323514" w:rsidRPr="0034796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>Second Author</w:t>
+      </w:r>
+      <w:r w:rsidR="00323514" w:rsidRPr="0034796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00323514" w:rsidRPr="0034796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>Third Author</w:t>
+      </w:r>
+      <w:r w:rsidR="00323514" w:rsidRPr="0034796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00323514" w:rsidRPr="0034796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>Fourth Author</w:t>
+      </w:r>
+      <w:r w:rsidR="00323514" w:rsidRPr="0034796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28423691" w14:textId="4B1A7E3F" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F6EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F6EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Department </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>Name</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F6EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>University Name</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F6EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, City, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>Country</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F6EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F6EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B" w:rsidRPr="000F6EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Department </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B" w:rsidRPr="000F6EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>University Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B" w:rsidRPr="000F6EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, City, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>Country</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F6EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F6EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B" w:rsidRPr="000F6EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Department </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B" w:rsidRPr="000F6EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>University Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B" w:rsidRPr="000F6EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, City, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>Country</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F6EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F342555" w14:textId="56108FC4" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F6EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Correspondence: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B" w:rsidRPr="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>Second Author</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F6EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jl. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>Cemara 25, Sukorejo, Ponorogo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F6EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Indonesia; </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>second</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F6EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">author@youremail.com </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E88DA63" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6149FBE5" w14:textId="2F3B4167" w:rsidR="00323514" w:rsidRPr="00B32311" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>ABSTRA</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>CT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32311">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
-        <w:t>J</w:t>
+        <w:t>(ARIAL NARROW 14, BOLD</w:t>
       </w:r>
-      <w:r w:rsidR="0034796D" w:rsidRPr="0034796D">
+      <w:r w:rsidR="00B9511C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
-        <w:t xml:space="preserve">udul singkat mengacu kepada </w:t>
+        <w:t>, BLUE</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B32311">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
-        <w:t xml:space="preserve">temuan atau </w:t>
+        <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="0034796D" w:rsidRPr="0034796D">
+    </w:p>
+    <w:p w14:paraId="043E0AED" w14:textId="77777777" w:rsidR="00B4218B" w:rsidRDefault="00B4218B" w:rsidP="00B4218B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>Write the abstract in English, without indentation, in a single paragraph using Arial Narrow 10 font. The abstract should be written concisely. Citations are not allowed in the abstract. After the abstract, provide the keywords separated by semicolons (;). Keywords must be written in lowercase, except when this is not possible, such as for official abbreviations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="166715E9" w14:textId="5B35E2A3" w:rsidR="00B4218B" w:rsidRPr="00B4218B" w:rsidRDefault="00B4218B" w:rsidP="00B4218B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>Keywords:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> first keyword; second keyword; third keyword</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03AC7876" w14:textId="77777777" w:rsidR="00B4218B" w:rsidRDefault="00B4218B" w:rsidP="00323514">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B1C180A" w14:textId="08F35882" w:rsidR="00323514" w:rsidRPr="0034796D" w:rsidRDefault="00B4218B" w:rsidP="00323514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>INTR</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>DUCTION</w:t>
+      </w:r>
+      <w:r w:rsidR="00323514" w:rsidRPr="0034796D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00323514" w:rsidRPr="00B32311">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
-        <w:t xml:space="preserve">kesimpulan, </w:t>
+        <w:t>(ARIAL NARROW 14, BOLD</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00B9511C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
-        <w:t>ber</w:t>
+        <w:t>, BLUE</w:t>
       </w:r>
-      <w:r w:rsidR="0034796D" w:rsidRPr="0034796D">
+      <w:r w:rsidR="00323514" w:rsidRPr="00B32311">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
-        <w:t xml:space="preserve">format </w:t>
+        <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="0034796D" w:rsidRPr="0034796D">
+    </w:p>
+    <w:p w14:paraId="191302D1" w14:textId="77777777" w:rsidR="00B4218B" w:rsidRPr="00B4218B" w:rsidRDefault="00B4218B" w:rsidP="00B4218B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>The introduction and subsequent sections must be written in Arial Narrow 10 font, with a 0.5 cm indentation and justified paragraph alignment. The introduction should include a background section containing the problem statement supported by justification and the state of the art, explaining the position of the current study in relation to previous relevant research. In addition to the background, the research objectives must also be stated. Citation writing must follow the Vancouver style, such as [1], or [1, 2, 6–9]. Copy your article into this template section by section or paragraph by paragraph to ensure that the template remains intact and that all embedded instructions remain identifiable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44206947" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A73A315" w14:textId="372BFD48" w:rsidR="00323514" w:rsidRPr="0034796D" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
-          <w:i/>
-          <w:iCs/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="fi-FI"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034796D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
-          <w:i/>
-          <w:iCs/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="fi-FI"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>MET</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4218B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>HODS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B32311">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
-        <w:t>(arial narrow 14, bold)</w:t>
+        <w:t>(ARIAL NARROW 14, BOLD</w:t>
       </w:r>
-    </w:p>
-[...13 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00B9511C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...242 lines deleted...]
-          <w:iCs/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0034796D">
+        <w:t>, BLUE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B32311">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
-          <w:i/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
-        <w:t>ABSTRACT</w:t>
-[...49 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24915500" w14:textId="5F2C7D3C" w:rsidR="00B86FE0" w:rsidRPr="000F6EE5" w:rsidRDefault="00A81C1A" w:rsidP="00B86FE0">
+    <w:p w14:paraId="039AA364" w14:textId="0E76A377" w:rsidR="00B4218B" w:rsidRPr="00B4218B" w:rsidRDefault="00B4218B" w:rsidP="00B4218B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000F6EE5">
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B4218B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>Write your abstract in English</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For research articles, the </w:t>
       </w:r>
-      <w:r w:rsidR="00F5618C" w:rsidRPr="000F6EE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>, without indentation</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F6EE5">
+      <w:r w:rsidRPr="00B4218B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...66 lines deleted...]
-        <w:t>10, Italic.</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>ethods section must include the type and/or design of the study, the time and location of the research, the population and sample, the variables, the data collection procedures for each variable, the data analysis methods, and ethical clearance. You may divide this section into several subsections if necessary. For other types of articles (literature reviews, book reviews, commentaries, opinions, scientific news, and letters to the editor), the structure should be adjusted according to the characteristics of each article type. Citation writing must follow the Vancouver style, such as [1], or [1, 3], or [1, 2, 6–9]. Copy your article into this template section by section or paragraph by paragraph to ensure that the template remains intact and that all embedded instructions remain identifiable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7676ACAD" w14:textId="77777777" w:rsidR="00B86FE0" w:rsidRPr="000F6EE5" w:rsidRDefault="00B86FE0" w:rsidP="00B86FE0">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="38CDD9FB" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:i/>
-[...103 lines deleted...]
-      </w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EC6542A" w14:textId="77777777" w:rsidR="00EE5493" w:rsidRPr="000F6EE5" w:rsidRDefault="00EE5493" w:rsidP="00EE5493">
-[...12 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="4C304F2B" w14:textId="7F786370" w:rsidR="00323514" w:rsidRPr="0034796D" w:rsidRDefault="00B4218B" w:rsidP="00323514">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0034796D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
-        <w:t>ABSTRAK</w:t>
+        <w:t>RESULTS</w:t>
       </w:r>
-      <w:r w:rsidR="00B32311">
+      <w:r w:rsidR="00323514">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B32311" w:rsidRPr="00B32311">
+      <w:r w:rsidR="00323514" w:rsidRPr="00B32311">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
-        <w:t>(ARIAL NARROW 14, BOLD)</w:t>
+        <w:t>(ARIAL NARROW 14, BOLD</w:t>
       </w:r>
-    </w:p>
-[...279 lines deleted...]
-      <w:r w:rsidR="00B32311" w:rsidRPr="00B32311">
+      <w:r w:rsidR="00B9511C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
-        <w:t>(ARIAL NARROW 14, BOLD)</w:t>
+        <w:t>, BLUE</w:t>
       </w:r>
-    </w:p>
-[...411 lines deleted...]
-      <w:r w:rsidR="00B32311" w:rsidRPr="00B32311">
+      <w:r w:rsidR="00323514" w:rsidRPr="00B32311">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
-        <w:t>(ARIAL NARROW 14, BOLD)</w:t>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D0DB3CE" w14:textId="302748C0" w:rsidR="00221865" w:rsidRPr="000F6EE5" w:rsidRDefault="00601468" w:rsidP="0034796D">
+    <w:p w14:paraId="4C1DB715" w14:textId="77777777" w:rsidR="00B9511C" w:rsidRDefault="00B9511C" w:rsidP="00B9511C">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="fi-FI"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F6EE5">
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9511C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="fi-FI"/>
-[...1 lines deleted...]
-        <w:t>Untuk artikel penelitian, m</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="00F5618C" w:rsidRPr="000F6EE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="fi-FI"/>
-[...1 lines deleted...]
-        <w:t>etode harus memuat jenis dan/atau rancangan penelitian, waktu dan lokasi studi, populasi dan sampel,</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F6EE5">
+      <w:r w:rsidRPr="00B9511C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="fi-FI"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> variabel, cara pengumpulan data untuk masing-masing variabel, metode analisis data, serta kelaikan etik. </w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esults section </w:t>
       </w:r>
-      <w:r w:rsidR="00626C58" w:rsidRPr="000F6EE5">
+      <w:r w:rsidRPr="00B9511C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:t>Anda juga diizinkan untuk memecah bagian ini menjadi beberapa sub-bab jika dibutuhkan.</w:t>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>may be divided into several subsections</w:t>
       </w:r>
-      <w:r w:rsidR="002A5E2C" w:rsidRPr="000F6EE5">
+      <w:r w:rsidRPr="00B9511C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="fi-FI"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>. For research articles, the results must be presented clearly and concisely. The following illustrates an example of subsection and sub–subsection formatting:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="542E8048" w14:textId="77777777" w:rsidR="00B9511C" w:rsidRDefault="00B9511C" w:rsidP="00B9511C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62B896E7" w14:textId="20788BDC" w:rsidR="00B9511C" w:rsidRDefault="00B9511C" w:rsidP="00B9511C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000CC"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Title of the first </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000CC"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">level </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000CC"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>subsection</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000CC"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (arial narrow 12, bold, blue)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF0B1E4" w14:textId="39F7D38D" w:rsidR="00B9511C" w:rsidRDefault="00B9511C" w:rsidP="00B9511C">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Narrative text for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">first level </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>subsection</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Narrative text for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">first level </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>subsection</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F6EE5">
+      <w:r w:rsidRPr="00B9511C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="fi-FI"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Untuk jenis artikel yang lain </w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Narrative text for </w:t>
       </w:r>
-      <w:r w:rsidR="00626C58" w:rsidRPr="000F6EE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="fi-FI"/>
-[...1 lines deleted...]
-        <w:t>(</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">first level </w:t>
       </w:r>
-      <w:r w:rsidR="00626C58" w:rsidRPr="000F6EE5">
+      <w:r w:rsidRPr="00B9511C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:i/>
-[...4 lines deleted...]
-        <w:t>literature review, book review</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>subsection</w:t>
       </w:r>
-      <w:r w:rsidR="00626C58" w:rsidRPr="000F6EE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="fi-FI"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">, komentar, opini, berita ilmiah, dan </w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00626C58" w:rsidRPr="000F6EE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:i/>
-[...4 lines deleted...]
-        <w:t>letter to editor</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00626C58" w:rsidRPr="000F6EE5">
+      <w:r w:rsidRPr="00B9511C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="fi-FI"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Narrative text for </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F6EE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="fi-FI"/>
-[...1 lines deleted...]
-        <w:t>harap disesuaikan dengan karakteristik artikel masing-masing.</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">first level </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>subsection</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3285F2E8" w14:textId="688359B1" w:rsidR="00D40BAF" w:rsidRPr="000F6EE5" w:rsidRDefault="001214D7" w:rsidP="0034796D">
-[...6 lines deleted...]
-        <w:ind w:left="0" w:firstLine="284"/>
+    <w:p w14:paraId="126A2339" w14:textId="77777777" w:rsidR="00B9511C" w:rsidRDefault="00B9511C" w:rsidP="00B9511C">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Emphasis"/>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74481D80" w14:textId="414E63C1" w:rsidR="00B9511C" w:rsidRPr="00B9511C" w:rsidRDefault="00B9511C" w:rsidP="00B9511C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...5 lines deleted...]
-        <w:t>Penulisan sitasi harus mengikuti gaya Vancouver seperti ini</w:t>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Title of the second </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">level </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>subsection</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (arial narrow 10, bold, </w:t>
+      </w:r>
+      <w:r w:rsidR="005D3FE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>blue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A68C54D" w14:textId="70CBBA96" w:rsidR="00B9511C" w:rsidRPr="00B9511C" w:rsidRDefault="00B9511C" w:rsidP="00B9511C">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Narrative text for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> [1], atau seperti ini [1, 3], atau seperti ini [1, 2, 6-9]. </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">second level </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F6EE5">
-[...1 lines deleted...]
-          <w:rStyle w:val="Emphasis"/>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...4 lines deleted...]
-          <w:lang w:val="fi-FI"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>subsection</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Narrative text for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">second level </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>subsection</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F6EE5">
-[...1 lines deleted...]
-          <w:rStyle w:val="Emphasis"/>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Salin artikel Anda ke dalam </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Narrative text for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B32311">
-[...1 lines deleted...]
-          <w:rStyle w:val="Emphasis"/>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:iCs w:val="0"/>
-[...5 lines deleted...]
-        <w:t>template</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">second level </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F6EE5">
-[...1 lines deleted...]
-          <w:rStyle w:val="Emphasis"/>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> ini bagian demi bagian atau paragraf demi paragraf supaya </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>subsection</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F6EE5">
-[...1 lines deleted...]
-          <w:rStyle w:val="Emphasis"/>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">template </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F6EE5">
-[...1 lines deleted...]
-          <w:rStyle w:val="Emphasis"/>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...5 lines deleted...]
-        <w:t>ini tidak rusak dan masih dikenali petunjuk-petunjuk di dalamnya.</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Narrative text for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">second level </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>subsection</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C4826D" w14:textId="77777777" w:rsidR="00B86FE0" w:rsidRPr="000F6EE5" w:rsidRDefault="00B86FE0" w:rsidP="00221865">
+    <w:p w14:paraId="6B90BEED" w14:textId="77777777" w:rsidR="00B9511C" w:rsidRDefault="00B9511C" w:rsidP="004B1D3B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="fi-FI"/>
+          <w:lang w:val="en-ID"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28CC68C4" w14:textId="1B40DB79" w:rsidR="00221865" w:rsidRPr="0034796D" w:rsidRDefault="007D035C" w:rsidP="00221865">
+    <w:p w14:paraId="100474E2" w14:textId="77777777" w:rsidR="004B1D3B" w:rsidRPr="00B9511C" w:rsidRDefault="004B1D3B" w:rsidP="004B1D3B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="0000CC"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0034796D">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9511C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="0000CC"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>HASIL</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Title of the second level subsection (arial narrow 10, bold, </w:t>
       </w:r>
-      <w:r w:rsidR="00B32311">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="0000CC"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>blue</w:t>
       </w:r>
-      <w:r w:rsidR="00B32311" w:rsidRPr="00B32311">
+      <w:r w:rsidRPr="00B9511C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="0000CC"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>(ARIAL NARROW 14, BOLD)</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42414CCC" w14:textId="77777777" w:rsidR="00601468" w:rsidRPr="000F6EE5" w:rsidRDefault="000D43BD" w:rsidP="0034796D">
+    <w:p w14:paraId="1604AEC3" w14:textId="77777777" w:rsidR="004B1D3B" w:rsidRPr="00B9511C" w:rsidRDefault="004B1D3B" w:rsidP="004B1D3B">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="nb-NO"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F6EE5">
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9511C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="fi-FI"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Bagian hasil </w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Narrative text for </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F6EE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-        <w:t>boleh dibagi menjadi beberapa sub-bagian</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">second level </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F6EE5">
+      <w:r w:rsidRPr="00B9511C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="fi-FI"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>subsection</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00601468" w:rsidRPr="000F6EE5">
+      <w:r w:rsidRPr="00B9511C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="nb-NO"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Untuk artikel penelitian, hasil harus disajikan secara jelas dan ringkas. Usahakan memilih cara penyajian data yang </w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Narrative text for </w:t>
       </w:r>
-      <w:r w:rsidR="00570FEB" w:rsidRPr="000F6EE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="nb-NO"/>
-[...1 lines deleted...]
-        <w:t>efektif, misalnya berupa tabel dan gambar. Persyaratan penulisan tabel adalah sebagai berikut:</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">second level </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>subsection</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Narrative text for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">second level </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>subsection</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Narrative text for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">second level </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>subsection</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E2BF8F6" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="00570FEB">
+    <w:p w14:paraId="2C8BF360" w14:textId="77777777" w:rsidR="004B1D3B" w:rsidRDefault="004B1D3B" w:rsidP="004B1D3B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="nb-NO"/>
+          <w:lang w:val="en-ID"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57FAE0D0" w14:textId="5D0D9716" w:rsidR="00570FEB" w:rsidRPr="00B32311" w:rsidRDefault="00570FEB" w:rsidP="002A5E2C">
-      <w:pPr>
+    <w:p w14:paraId="20660F1D" w14:textId="14DFDF93" w:rsidR="00B9511C" w:rsidRPr="00B9511C" w:rsidRDefault="00B9511C" w:rsidP="00B9511C">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00B32311">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9511C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="nb-NO"/>
-[...72 lines deleted...]
-        <w:t>sentence case</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>Choose the most effective method for presenting data, such as tables and figures. The requirements for table formatting are as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E8F7789" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="00B32311" w:rsidRDefault="00570FEB" w:rsidP="00570FEB">
+    <w:p w14:paraId="3E618A01" w14:textId="77777777" w:rsidR="00B9511C" w:rsidRDefault="00B9511C" w:rsidP="00B9511C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="065E9F62" w14:textId="2AF9709A" w:rsidR="00B9511C" w:rsidRPr="00B9511C" w:rsidRDefault="00B9511C" w:rsidP="00B9511C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9511C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>Table 1. The table title begins with a capital letter, is placed above the table, left-aligned, and written in sentence case</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7EFEF6" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="00B32311" w:rsidRDefault="00323514" w:rsidP="00323514">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nb-NO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10473" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1296"/>
         <w:gridCol w:w="977"/>
         <w:gridCol w:w="4243"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1122"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w14:paraId="167D6A66" w14:textId="77777777" w:rsidTr="001214D7">
+      <w:tr w:rsidR="00323514" w:rsidRPr="000F6EE5" w14:paraId="70A8A1FC" w14:textId="77777777" w:rsidTr="00840399">
         <w:trPr>
           <w:trHeight w:val="24"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70E992CA" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="001214D7">
+          <w:p w14:paraId="5F082285" w14:textId="7B88BB6A" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00840399">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F6EE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Indikator</w:t>
+              <w:t>Indi</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3FE8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>cator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB14F49" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="001214D7">
+          <w:p w14:paraId="56212B98" w14:textId="0582EBAF" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="005D3FE8" w:rsidP="00840399">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F6EE5">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Kode</w:t>
+              <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4243" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C3B7FC1" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="001214D7">
+          <w:p w14:paraId="519259E8" w14:textId="4D4E8ACD" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="005D3FE8" w:rsidP="00840399">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F6EE5">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Aspek</w:t>
+              <w:t>Aspect</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41A0FFF5" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="001214D7">
+          <w:p w14:paraId="76900480" w14:textId="3E83912E" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="005D3FE8" w:rsidP="00840399">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F6EE5">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Harapan</w:t>
+              <w:t>Expectation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="588822C2" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="001214D7">
+          <w:p w14:paraId="0E099FEF" w14:textId="1385895F" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="005D3FE8" w:rsidP="00840399">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F6EE5">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Persepsi</w:t>
+              <w:t>Perception</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1122" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79AA54A0" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="001214D7">
+          <w:p w14:paraId="22494A00" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="005D3FE8" w:rsidRDefault="00323514" w:rsidP="00840399">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
-                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F6EE5">
+            <w:r w:rsidRPr="005D3FE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
-                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gap</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w14:paraId="0A5498DA" w14:textId="77777777" w:rsidTr="001214D7">
+      <w:tr w:rsidR="00323514" w:rsidRPr="000F6EE5" w14:paraId="2485277B" w14:textId="77777777" w:rsidTr="00840399">
         <w:trPr>
           <w:trHeight w:val="163"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="646790A9" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="001214D7">
+          <w:p w14:paraId="105B4566" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00840399">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F6EE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Reliability</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="977" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="742599C7" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="001214D7">
+          <w:p w14:paraId="18820F7B" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00840399">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F6EE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>P1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4243" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61896732" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="001214D7">
+          <w:p w14:paraId="5098A8B7" w14:textId="1FDA5812" w:rsidR="00323514" w:rsidRPr="005D3FE8" w:rsidRDefault="005D3FE8" w:rsidP="005D3FE8">
             <w:pPr>
               <w:ind w:hanging="46"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="fi-FI"/>
+                <w:lang w:val="en-ID"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F6EE5">
+            <w:r w:rsidRPr="005D3FE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="fi-FI"/>
+                <w:lang w:val="en-ID"/>
               </w:rPr>
-              <w:t>Gunakan jenis tabel tertutup seperti ini</w:t>
+              <w:t>Use a closed-type table format as shown</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F48C566" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="001214D7">
+          <w:p w14:paraId="0B8D55D1" w14:textId="13790AD6" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00840399">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F6EE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>4,590909</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3FE8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6EE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>590909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55C9CAE5" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="001214D7">
+          <w:p w14:paraId="4821E487" w14:textId="3DED2AE7" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00840399">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F6EE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>2,772727</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3FE8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6EE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>772727</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1122" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3979A250" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="001214D7">
+          <w:p w14:paraId="5748F252" w14:textId="1219925F" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00840399">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F6EE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>-1,818182</w:t>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3FE8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6EE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>818182</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w14:paraId="2952250A" w14:textId="77777777" w:rsidTr="001214D7">
+      <w:tr w:rsidR="00323514" w:rsidRPr="000F6EE5" w14:paraId="29AF0516" w14:textId="77777777" w:rsidTr="00840399">
         <w:trPr>
           <w:trHeight w:val="167"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A78A91A" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="001214D7">
+          <w:p w14:paraId="23485E8B" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00840399">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="977" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31FC3658" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="001214D7">
+          <w:p w14:paraId="2A5FD190" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00840399">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1815"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F6EE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>P2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4243" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33BD9706" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="001214D7">
+          <w:p w14:paraId="38F75DB3" w14:textId="5248E408" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="005D3FE8" w:rsidP="00840399">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1815"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F6EE5">
+            <w:r w:rsidRPr="005D3FE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-ID"/>
               </w:rPr>
-              <w:t>Isi sel tabel diawali dengan huruf kapital seperti ini</w:t>
+              <w:t>Each table cell entry must begin with a capital letter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B579ED8" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="001214D7">
+          <w:p w14:paraId="04D27472" w14:textId="77F454D9" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00840399">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F6EE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>4,636364</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3FE8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6EE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>636364</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B7579E5" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="001214D7">
+          <w:p w14:paraId="18C9F9C8" w14:textId="76834ECB" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00840399">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F6EE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>2,909091</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3FE8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6EE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>909091</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1122" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24D20D3A" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="001214D7">
+          <w:p w14:paraId="17802242" w14:textId="1A062A5B" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00840399">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F6EE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>-1,727273</w:t>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3FE8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6EE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>727273</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D43BD" w:rsidRPr="000F6EE5" w14:paraId="1AF63A9D" w14:textId="77777777" w:rsidTr="001214D7">
+      <w:tr w:rsidR="00323514" w:rsidRPr="000F6EE5" w14:paraId="6870622E" w14:textId="77777777" w:rsidTr="00840399">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1296" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F63C899" w14:textId="77777777" w:rsidR="000D43BD" w:rsidRPr="000F6EE5" w:rsidRDefault="000D43BD" w:rsidP="001214D7">
+          <w:p w14:paraId="3A62DEEE" w14:textId="1BA6B4AD" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="005D3FE8" w:rsidP="00840399">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F6EE5">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Perhatian</w:t>
+              <w:t>Attention</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="421378DD" w14:textId="77777777" w:rsidR="000D43BD" w:rsidRPr="000F6EE5" w:rsidRDefault="000D43BD" w:rsidP="001214D7">
+          <w:p w14:paraId="7E0F244D" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00840399">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1815"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4243" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0010839E" w14:textId="40B5BFCA" w:rsidR="000D43BD" w:rsidRPr="000F6EE5" w:rsidRDefault="000D43BD" w:rsidP="001214D7">
+          <w:p w14:paraId="25F0A7FE" w14:textId="1AC83C3C" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="005D3FE8" w:rsidP="00840399">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1815"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F6EE5">
+            <w:r w:rsidRPr="005D3FE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="EE0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-ID"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jangan menggunakan huruf cetak tebal dalam judul dan isi tabel </w:t>
+              <w:t>Do not use bold text in either the table title or the table contents</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1495E2E6" w14:textId="77777777" w:rsidR="000D43BD" w:rsidRPr="000F6EE5" w:rsidRDefault="000D43BD" w:rsidP="001214D7">
+          <w:p w14:paraId="1C69853B" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00840399">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="552E4242" w14:textId="77777777" w:rsidR="000D43BD" w:rsidRPr="000F6EE5" w:rsidRDefault="000D43BD" w:rsidP="001214D7">
+          <w:p w14:paraId="1728E6A0" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00840399">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1122" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AB0C804" w14:textId="77777777" w:rsidR="000D43BD" w:rsidRPr="000F6EE5" w:rsidRDefault="000D43BD" w:rsidP="001214D7">
+          <w:p w14:paraId="172458D3" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00840399">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="733367DB" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="001214D7">
+    <w:p w14:paraId="3A735C26" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00323514">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11B19DC8" w14:textId="77777777" w:rsidR="00B32311" w:rsidRDefault="00D40BAF" w:rsidP="00B32311">
+    <w:p w14:paraId="17E8E965" w14:textId="77777777" w:rsidR="005D3FE8" w:rsidRDefault="005D3FE8" w:rsidP="005D3FE8">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000F6EE5">
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D3FE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>Dalam melakukan interpretasi isi tabel atau diagram, jangan terjebak untuk membaca ulang isi tabel atau diagram tersebut, tetapi fokuskan kepada kesimpulan yang bisa ditarik, misalnya kecenderungan, mayoritas, pola, arah, dan sebagainya.</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>When interpreting the contents of a table or diagram, avoid merely restating the information presented. Instead, focus on the conclusions that can be drawn, such as trends, majorities, patterns, directions, and other meaningful insights.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07BA50E6" w14:textId="39872C0C" w:rsidR="00601468" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="00B32311">
+    <w:p w14:paraId="5946027D" w14:textId="2F7789A9" w:rsidR="005D3FE8" w:rsidRPr="005D3FE8" w:rsidRDefault="005D3FE8" w:rsidP="005D3FE8">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000F6EE5">
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D3FE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>Jika Anda memilih menyajikan hasil menggunakan gambar (foto, diagram, bagan, gambar grafis, dll.), ikuti pedoman seperti contoh berikut:</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>If you choose to present the results using figures (photographs, diagrams, charts, graphic images, etc.), follow the guidelines illustrated in the following example.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11BE4C0B" w14:textId="77777777" w:rsidR="00D40BAF" w:rsidRPr="000F6EE5" w:rsidRDefault="00D40BAF" w:rsidP="00570FEB">
+    <w:p w14:paraId="622C0755" w14:textId="464B7EA3" w:rsidR="00323514" w:rsidRPr="005D3FE8" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E222829" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00323514">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C77F638" w14:textId="77777777" w:rsidR="00B86FE0" w:rsidRPr="000F6EE5" w:rsidRDefault="00B86FE0" w:rsidP="00221865">
+    <w:p w14:paraId="0F6B9666" w14:textId="351C77BE" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="005D3FE8" w:rsidP="00323514">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F6EE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:iCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="id-ID" w:eastAsia="id-ID"/>
-        </w:rPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B5F2B33" wp14:editId="7A8FE6E6">
-[...2 lines deleted...]
-            <wp:docPr id="13" name="Picture 13" descr="C:\Users\Manora\Pictures\gambar kti\login.png"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="202A9582" wp14:editId="5979BBF9">
+            <wp:extent cx="5006051" cy="1162669"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+            <wp:docPr id="354131668" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Manora\Pictures\gambar kti\login.png"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="354131668" name="Picture 354131668"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId8" cstate="print">
-                      <a:biLevel thresh="75000"/>
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect b="47008"/>
-                    <a:stretch/>
+                    <a:srcRect l="6969" t="63945" r="59488" b="15459"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4492136" cy="930097"/>
+                      <a:ext cx="5057135" cy="1174533"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
                     <a:ln>
-                      <a:solidFill>
-[...1 lines deleted...]
-                      </a:solidFill>
+                      <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="312DB356" w14:textId="77777777" w:rsidR="00D40BAF" w:rsidRPr="000F6EE5" w:rsidRDefault="00D40BAF" w:rsidP="00570FEB">
+    <w:p w14:paraId="2D7570F1" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00323514">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4145C0C9" w14:textId="077A9F0A" w:rsidR="000D43BD" w:rsidRPr="000F6EE5" w:rsidRDefault="00B86FE0" w:rsidP="0034796D">
+    <w:p w14:paraId="0D7A95A3" w14:textId="10060FC2" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="005D3FE8" w:rsidP="00323514">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F6EE5">
-[...1 lines deleted...]
-          <w:rStyle w:val="Emphasis"/>
+      <w:r w:rsidRPr="005D3FE8">
+        <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Gambar 1. </w:t>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Figure 1. The figure title begins with a capital letter, is placed below the figure, left</w:t>
       </w:r>
-      <w:r w:rsidR="00570FEB" w:rsidRPr="000F6EE5">
+      <w:r w:rsidRPr="005D3FE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...30 lines deleted...]
-        <w:t>sentence case</w:t>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:noBreakHyphen/>
+        <w:t>aligned, and written in sentence case</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C01B0FE" w14:textId="77777777" w:rsidR="00570FEB" w:rsidRPr="000F6EE5" w:rsidRDefault="00570FEB" w:rsidP="00570FEB">
+    <w:p w14:paraId="32CB37A7" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00323514">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25EBAF17" w14:textId="58B28DF8" w:rsidR="00E26A55" w:rsidRPr="0034796D" w:rsidRDefault="00E26A55" w:rsidP="0034796D">
+    <w:p w14:paraId="3922C64E" w14:textId="348C1F9A" w:rsidR="00323514" w:rsidRPr="0034796D" w:rsidRDefault="005D3FE8" w:rsidP="00323514">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0034796D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>PEMBAHASAN</w:t>
+        <w:t>DISCUSSION</w:t>
       </w:r>
-      <w:r w:rsidR="00B32311">
+      <w:r w:rsidR="00323514">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B32311" w:rsidRPr="00B32311">
+      <w:r w:rsidR="00323514" w:rsidRPr="00B32311">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
-        <w:t>(ARIAL NARROW 14, BOLD)</w:t>
+        <w:t>(ARIAL NARROW 14, BOLD</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>, BLUE</w:t>
+      </w:r>
+      <w:r w:rsidR="00323514" w:rsidRPr="00B32311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DA8D29B" w14:textId="77777777" w:rsidR="00E26A55" w:rsidRPr="000F6EE5" w:rsidRDefault="00626C58" w:rsidP="00B32311">
+    <w:p w14:paraId="383F3AF8" w14:textId="77777777" w:rsidR="005D3FE8" w:rsidRDefault="005D3FE8" w:rsidP="005D3FE8">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000F6EE5">
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D3FE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>Pembahasan harus ditulis secara terintegrasi, tidak dipecah-pecah menjadi beberapa bagian. Dilarang menulis angka-angka hasil analisis data pada bagian ini, jadi tulislah “interpretasinya saja” seperti: A berhubungan dengan B…</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If necessary, the </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000F6EE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>…..</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>d</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000F6EE5">
+      <w:r w:rsidRPr="005D3FE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t xml:space="preserve">, ada pengaruh A terhadap B ………………, A terbukti efektif untuk </w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iscussion section </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000F6EE5">
+      <w:r w:rsidRPr="005D3FE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>…..</w:t>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>may also be written in several subsections</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000F6EE5">
+      <w:r w:rsidRPr="005D3FE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>, ada perbedaan antara A, B dan C …</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000F6EE5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>…..</w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>Ideally, t</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000F6EE5">
+      <w:r w:rsidRPr="005D3FE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t xml:space="preserve">, determinan-determinan utama dari A adalah ……….., dan sebagainya. </w:t>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he discussion must be presented in an integrated manner and should not be fragmented into unrelated parts. Numerical results from data analysis must not be repeated in this section; instead, present only the interpretations, such as: A is associated with B…, there is an effect of A on B…, A is proven effective for…, there are differences among A, B, and C…, the main determinants of A are…, and so forth. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30A46890" w14:textId="67B22BCA" w:rsidR="00626C58" w:rsidRPr="000F6EE5" w:rsidRDefault="001214D7" w:rsidP="00B32311">
-[...6 lines deleted...]
-        <w:ind w:left="0" w:firstLine="284"/>
+    <w:p w14:paraId="1DD1D43B" w14:textId="4EE4BD4E" w:rsidR="005D3FE8" w:rsidRPr="005D3FE8" w:rsidRDefault="005D3FE8" w:rsidP="005D3FE8">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...8 lines deleted...]
-          <w:rStyle w:val="Emphasis"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D3FE8">
+        <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...96 lines deleted...]
-        <w:t>ini tidak rusak dan masih dikenali petunjuk-petunjuk di dalamnya.</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>Citation writing must follow the Vancouver style, such as [1], or [1, 3], or [1, 2, 6–9]. Copy your article into this template section by section or paragraph by paragraph to ensure that the template remains intact and that all embedded instructions remain identifiable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E4C3780" w14:textId="77777777" w:rsidR="00E26A55" w:rsidRPr="000F6EE5" w:rsidRDefault="00E26A55" w:rsidP="00E26A55">
+    <w:p w14:paraId="0E226BC2" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00323514">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CFA0583" w14:textId="1249ADDE" w:rsidR="00E26A55" w:rsidRPr="0034796D" w:rsidRDefault="00E26A55" w:rsidP="0034796D">
+    <w:p w14:paraId="598CBC67" w14:textId="52DD5E7A" w:rsidR="00323514" w:rsidRPr="0034796D" w:rsidRDefault="005D3FE8" w:rsidP="00323514">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0034796D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
-        <w:t>KESIMPULAN</w:t>
+        <w:t xml:space="preserve">CONCLUSION </w:t>
       </w:r>
-      <w:r w:rsidR="00B32311">
+      <w:r w:rsidR="00323514" w:rsidRPr="00B32311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>(ARIAL NARROW 14, BOLD</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>, BLUE</w:t>
+      </w:r>
+      <w:r w:rsidR="00323514" w:rsidRPr="00B32311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0600A140" w14:textId="77777777" w:rsidR="005D3FE8" w:rsidRDefault="005D3FE8" w:rsidP="005D3FE8">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D3FE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>Write the conclusion in a comprehensive and integrative manner, without numbering, and in a qualitative form (avoid presenting numerical results from data analysis). You may also include suggestions or recommendations if deemed necessary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0611244A" w14:textId="77777777" w:rsidR="005D3FE8" w:rsidRDefault="005D3FE8" w:rsidP="005D3FE8">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D3FE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>After the conclusion, list the references using the Vancouver style. Remember: apply the Vancouver style correctly, not merely by numbering the entries. To minimize errors, it is strongly recommended that you use reference management software such as Mendeley, Zotero, EndNote, and others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="116D28ED" w14:textId="0D26016B" w:rsidR="005D3FE8" w:rsidRPr="005D3FE8" w:rsidRDefault="005D3FE8" w:rsidP="005D3FE8">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D3FE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>The smoothness of the publication process for your article greatly depends on your accuracy and adherence to the guidelines provided in this template.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65AC7865" w14:textId="5AA9EA1F" w:rsidR="00323514" w:rsidRPr="00323514" w:rsidRDefault="00323514" w:rsidP="005D3FE8">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D3FE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2493A89D" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="00E503B8" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E503B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>Ethical consideration, competing interest and source of funding</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB8546B" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="00E503B8" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:ind w:left="113" w:hanging="113"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E503B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-The ethical approval: This study had obtained ethical approval from the Health Research Ethics Commission of Poltekkes Kemenkes Surabaya, number: EA/2198/KEPK-Poltekkes_sby/II/2023. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D8B6E5A" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="00E503B8" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:ind w:left="113" w:hanging="113"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E503B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-There is no conflict of interest related to this publication. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1915589A" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="00E503B8" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:ind w:left="113" w:hanging="113"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E503B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-Source of funding is authors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62F4C09E" w14:textId="77777777" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="628E61D6" w14:textId="67240A2E" w:rsidR="00323514" w:rsidRPr="0034796D" w:rsidRDefault="005D3FE8" w:rsidP="00323514">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>REFERENCES</w:t>
+      </w:r>
+      <w:r w:rsidR="00323514">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B32311" w:rsidRPr="00B32311">
+      <w:r w:rsidR="00323514" w:rsidRPr="00B32311">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
-        <w:t>(ARIAL NARROW 14, BOLD)</w:t>
+        <w:t>(ARIAL NARROW 14, BOLD</w:t>
       </w:r>
-    </w:p>
-[...262 lines deleted...]
-      <w:r w:rsidR="00B32311" w:rsidRPr="00B32311">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:color w:val="0000CC"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
-        <w:t>(ARIAL NARROW 14, BOLD)</w:t>
+        <w:t>, BLUE</w:t>
+      </w:r>
+      <w:r w:rsidR="00323514" w:rsidRPr="00B32311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="0000CC"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fi-FI"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35810584" w14:textId="4101C101" w:rsidR="00D40BAF" w:rsidRPr="00352D8D" w:rsidRDefault="00D40BAF" w:rsidP="00D40BAF">
+    <w:p w14:paraId="5BB7BE7D" w14:textId="6A5780D2" w:rsidR="004B1D3B" w:rsidRPr="004B1D3B" w:rsidRDefault="00323514" w:rsidP="004B1D3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="67"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
+      </w:r>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve">ADDIN Mendeley Bibliography CSL_BIBLIOGRAPHY </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="004B1D3B" w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sillehu S. Title of journal article. Journal Name. 2000;1(1):21–28. </w:t>
+      </w:r>
+      <w:r w:rsidR="004B1D3B" w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>(journal)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3313A66A" w14:textId="77777777" w:rsidR="004B1D3B" w:rsidRPr="004B1D3B" w:rsidRDefault="004B1D3B" w:rsidP="004B1D3B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="67"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nugroho HSW, Sillehu S. Title of magazine article. Magazine Name. 2018;21–18. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>(magazine)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13E404A8" w14:textId="77777777" w:rsidR="004B1D3B" w:rsidRPr="004B1D3B" w:rsidRDefault="004B1D3B" w:rsidP="004B1D3B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="67"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nugroho HSW, Sillehu S. Title of proceeding article. In: Name E, editor. Title of Proceeding. City: Publisher Name; 2018. p. 23–29. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>(proceeding)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D9353D6" w14:textId="77777777" w:rsidR="004B1D3B" w:rsidRPr="004B1D3B" w:rsidRDefault="004B1D3B" w:rsidP="004B1D3B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="67"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nugroho HSW. Title of web article [Internet]. Website Name. 2018 [cited 2018 Mar 15]. p. 1–17. Available from: http://articleurl </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>(website)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0803F211" w14:textId="77777777" w:rsidR="004B1D3B" w:rsidRPr="004B1D3B" w:rsidRDefault="004B1D3B" w:rsidP="004B1D3B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="67"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nugroho HSW, Sillehu S, Mardiana N. Title of working paper. City; 2018. Report No.: 1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>(working paper)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A6A27EE" w14:textId="77777777" w:rsidR="004B1D3B" w:rsidRPr="004B1D3B" w:rsidRDefault="004B1D3B" w:rsidP="004B1D3B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="67"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>Nugroho HSW, Baba A. Title of book. 1st ed. Editor Name, editor. City: Publisher Name; 2018. 1–101 p.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (book)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="758AA050" w14:textId="77777777" w:rsidR="004B1D3B" w:rsidRPr="004B1D3B" w:rsidRDefault="004B1D3B" w:rsidP="004B1D3B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="67"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Institution Name. Title of book. 1st ed. Editor Name, editor. City: Publisher Name; 2018. 20–29 p. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>(institutional book)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62350882" w14:textId="77777777" w:rsidR="004B1D3B" w:rsidRPr="004B1D3B" w:rsidRDefault="004B1D3B" w:rsidP="004B1D3B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="67"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nugroho HSW, Sillehu S. Title of chapter. In: Editor N, editor. Book Title. 1st ed. City: Publisher Name; 2018. p. 300–33. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>(book chapter)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27944F5A" w14:textId="77777777" w:rsidR="004B1D3B" w:rsidRPr="004B1D3B" w:rsidRDefault="004B1D3B" w:rsidP="004B1D3B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="67"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nugroho HSW, Sillehu S, Suparji. Title of dissertation, thesis, undergraduate thesis, or report. University Name; 2018. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B1D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-ID"/>
+        </w:rPr>
+        <w:t>(dissertation/thesis/undergraduate thesis/report)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB29DDE" w14:textId="77777777" w:rsidR="004B1D3B" w:rsidRPr="000F6EE5" w:rsidRDefault="004B1D3B" w:rsidP="00323514">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="id-ID"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F6EE5">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31052E6B" w14:textId="1A09D70A" w:rsidR="00323514" w:rsidRPr="000F6EE5" w:rsidRDefault="00323514" w:rsidP="00323514">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-ID"/>
-[...1220 lines deleted...]
-          <w:lang w:val="en-ID"/>
+          <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F6EE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-ID"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="405A1833" w14:textId="77777777" w:rsidR="005377CC" w:rsidRPr="000F6EE5" w:rsidRDefault="005377CC" w:rsidP="00D40BAF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005377CC" w:rsidRPr="000F6EE5" w:rsidSect="0034796D">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="0" w:footer="454" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="286"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="45ACBBF8" w14:textId="77777777" w:rsidR="007E0199" w:rsidRDefault="007E0199">
+    <w:p w14:paraId="5318E164" w14:textId="77777777" w:rsidR="00891992" w:rsidRDefault="00891992">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2A0DFA64" w14:textId="77777777" w:rsidR="007E0199" w:rsidRDefault="007E0199">
+    <w:p w14:paraId="14206D33" w14:textId="77777777" w:rsidR="00891992" w:rsidRDefault="00891992">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
@@ -6596,90 +4922,102 @@
         <w:lang w:val="sv-SE"/>
       </w:rPr>
       <w:id w:val="1571222427"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sv-SE"/>
           </w:rPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtContent>
-          <w:p w14:paraId="5F7501C7" w14:textId="65D89F35" w:rsidR="00B9006C" w:rsidRPr="000F6EE5" w:rsidRDefault="000F6EE5" w:rsidP="000F6EE5">
+          <w:p w14:paraId="5F7501C7" w14:textId="470210BA" w:rsidR="00B9006C" w:rsidRPr="000F6EE5" w:rsidRDefault="000F6EE5" w:rsidP="0071371D">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="0000CC"/>
+              </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:color w:val="0000CC"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:color w:val="0000CC"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">Publisher: Forum Ilmiah Kesehatan (FORIKES) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:color w:val="0000CC"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:tab/>
             </w:r>
+            <w:r w:rsidR="00FA1677">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:color w:val="0000CC"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="sv-SE"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:color w:val="0000CC"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
-              <w:tab/>
               <w:t xml:space="preserve">Journal URL: </w:t>
             </w:r>
             <w:r w:rsidRPr="00504421">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:color w:val="0000CC"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>http://forikes-ejournal.com/index.php/SF</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:color w:val="0000CC"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
@@ -6799,101 +5137,101 @@
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="000F6EE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:color w:val="0000CC"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sv-SE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="68625B6A" w14:textId="77777777" w:rsidR="007E0199" w:rsidRDefault="007E0199">
+    <w:p w14:paraId="18ECBCE6" w14:textId="77777777" w:rsidR="00891992" w:rsidRDefault="00891992">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33C06598" w14:textId="77777777" w:rsidR="007E0199" w:rsidRDefault="007E0199">
+    <w:p w14:paraId="18639DE6" w14:textId="77777777" w:rsidR="00891992" w:rsidRDefault="00891992">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="54898611" w14:textId="77777777" w:rsidR="00504421" w:rsidRDefault="00504421" w:rsidP="000F6EE5">
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
         <w:color w:val="0000CC"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3716CEF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="360"/>
-[...1 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="2836"/>
+        </w:tabs>
+        <w:ind w:left="2836" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000001"/>
     <w:name w:val="WW8Num1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
@@ -7029,50 +5367,199 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00031637"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EDCC74A2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="047414F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="159A0DA4"/>
     <w:lvl w:ilvl="0" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7114,51 +5601,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07DF1A61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="26CE2770"/>
     <w:lvl w:ilvl="0" w:tplc="604EFEC8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0421001B" w:tentative="1">
@@ -7203,51 +5690,200 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08F55485"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7E2031E0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0ED36C26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D2BE52AA"/>
     <w:lvl w:ilvl="0" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0421001B" w:tentative="1">
@@ -7292,51 +5928,200 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F4D2BBF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="ED8E092E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1040140A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01628954"/>
     <w:lvl w:ilvl="0" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -7378,51 +6163,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13234860"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="142ADE98"/>
     <w:lvl w:ilvl="0" w:tplc="D9ECBBB8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7468,51 +6253,349 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="132E0A8C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A40CCDAE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="138745A6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8AFC6766"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="140A0010"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="14546244"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7581,51 +6664,796 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C134C8F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B30E8E80"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D55013B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EB4C6CF8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E08428E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="22B008BE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22CD5B4F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="50401CA8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28E5106C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3F3420DC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29EE3BAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F6FCDE7C"/>
     <w:lvl w:ilvl="0" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7667,51 +7495,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A344FD1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F629B60"/>
     <w:lvl w:ilvl="0" w:tplc="169844A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -7756,51 +7584,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5106" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2AB51BC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D690D496"/>
     <w:lvl w:ilvl="0" w:tplc="09764D5A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7842,51 +7670,200 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2CFB664D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BA4C82D4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DCC314A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6F3AA48A"/>
     <w:lvl w:ilvl="0" w:tplc="F8848456">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7928,51 +7905,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E606730"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EAA45308"/>
     <w:lvl w:ilvl="0" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8014,51 +7991,349 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32AF2585"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="49BAE4BC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3309182E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A4CA66A4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33563AAE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A46424E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="480"/>
         </w:tabs>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8155,51 +8430,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33784F21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE681A1A"/>
     <w:lvl w:ilvl="0" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8241,51 +8516,402 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33947644"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C5BAEF46"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="364D66A4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BDBC70D2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37B31641"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0388C8A6"/>
+    <w:lvl w:ilvl="0" w:tplc="0F069868">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="38090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="3809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="38090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="3809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="3809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="38090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AAB781D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A1E2D466"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1062" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1782" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8354,51 +8980,200 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6102" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6822" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E5C0452"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F0F47F2C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44720A00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99B09C70"/>
     <w:lvl w:ilvl="0" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0421001B" w:tentative="1">
@@ -8443,51 +9218,289 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4AA02477"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D95A0E2C"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B570F3A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A6F48D32"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B776143"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="20001572"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1782" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8556,51 +9569,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6822" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7542" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BC51A82"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68FAD638"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8642,51 +9655,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="530F1F41"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="223E133A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -8731,51 +9744,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="548E11D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57F0E8A6"/>
     <w:lvl w:ilvl="0" w:tplc="E5105C88">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8820,51 +9833,200 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55D0657A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="ACD887BA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="566765AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="659A250C"/>
     <w:lvl w:ilvl="0" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0421001B" w:tentative="1">
@@ -8909,51 +10071,200 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5959013F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E34A4638"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="596F360B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="178E0B7C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1062" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1782" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9022,51 +10333,200 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6102" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6822" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A467C5A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B53C2D6E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B982790"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C786F16"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2138" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2858" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9108,51 +10568,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6458" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7178" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7898" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="651818F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C6C0740"/>
     <w:lvl w:ilvl="0" w:tplc="77EE898C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9198,51 +10658,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="662F71A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DFAC7CC6"/>
     <w:lvl w:ilvl="0" w:tplc="18CCD0EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0421001B" w:tentative="1">
@@ -9287,51 +10747,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68BC53FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D9AC43FE"/>
     <w:lvl w:ilvl="0" w:tplc="2C9CA4F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9373,51 +10833,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="697D3ADA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="171E352A"/>
     <w:lvl w:ilvl="0" w:tplc="61EE8586">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0421001B" w:tentative="1">
@@ -9462,51 +10922,945 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6ACF5571"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="140C7A84"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D68733F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EEAA96E2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6FD4622D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5DD2D212"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="715E7E11"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6EDE9730"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73641345"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CE06663A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7392052D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="82324A8E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73B82483"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="206C500C"/>
     <w:lvl w:ilvl="0" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9548,51 +11902,200 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="755A572E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AF1A1B82"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="61" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75B45E0C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4B2DD12"/>
     <w:lvl w:ilvl="0" w:tplc="789A1A44">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
@@ -9639,51 +12142,498 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="62" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76D06A2A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="55865DC0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="63" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="784962AC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6B5C2CAE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="64" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79E5282F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8E40A1B2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="65" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A3638E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B0ECD8EA"/>
     <w:lvl w:ilvl="0" w:tplc="AB126092">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="630" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04210003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1350" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04210005" w:tentative="1">
@@ -9728,51 +12678,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4950" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04210003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5670" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04210005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6390" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="66" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7AF56C39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3CB6773E"/>
     <w:lvl w:ilvl="0" w:tplc="F3B8599A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9818,51 +12768,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="67" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B4D1491"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="878CA394"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="68" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B622289"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="15C43D12"/>
     <w:lvl w:ilvl="0" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9904,51 +12967,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="69" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F2920DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D28E27A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1865" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2585" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9990,333 +13053,586 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6185" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6905" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7625" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="70" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FA94EFE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4732B22C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="982808610">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="753471292">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="52"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="16976888">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="65"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2072999516">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="69"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="697660258">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="68"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="799150989">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="66"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="309485156">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="50"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1705016629">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="715013250">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="405110140">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1148522049">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="150945527">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="405110140">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="13" w16cid:durableId="960960678">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="49"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="549847329">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1394426843">
+    <w:abstractNumId w:val="42"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="921447774">
+    <w:abstractNumId w:val="25"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1100833479">
+    <w:abstractNumId w:val="51"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="168638127">
     <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="921447774">
-[...88 lines deleted...]
-  </w:num>
   <w:num w:numId="19" w16cid:durableId="927008473">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="481701983">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="59"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1027828495">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="61"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="132724528">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="125899773">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1845589443">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1845589443">
+  <w:num w:numId="25" w16cid:durableId="2099054158">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="229846761">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="593705696">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="2092653555">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="133376159">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1270159626">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="562302763">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1610090362">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="833489616">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1968773120">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1291203053">
+    <w:abstractNumId w:val="53"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="364645227">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="222058005">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="2075011120">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1705401720">
+    <w:abstractNumId w:val="70"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1800567188">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1852065133">
+    <w:abstractNumId w:val="54"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="1558780999">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="2109962884">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="320546390">
+    <w:abstractNumId w:val="57"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1344091950">
+    <w:abstractNumId w:val="64"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="1401444577">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="1050761799">
+    <w:abstractNumId w:val="56"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="1100682028">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="2099054158">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="49" w16cid:durableId="508787527">
+    <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="229846761">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="50" w16cid:durableId="860363096">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="593705696">
-    <w:abstractNumId w:val="25"/>
+  <w:num w:numId="51" w16cid:durableId="1009016498">
+    <w:abstractNumId w:val="63"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="2092653555">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="52" w16cid:durableId="1622834132">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="133376159">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="53" w16cid:durableId="410809928">
+    <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="1270159626">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="54" w16cid:durableId="1625040576">
+    <w:abstractNumId w:val="58"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="562302763">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="55" w16cid:durableId="802698130">
+    <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="1610090362">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="56" w16cid:durableId="315690978">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="833489616">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="57" w16cid:durableId="1219709867">
+    <w:abstractNumId w:val="60"/>
+  </w:num>
+  <w:num w:numId="58" w16cid:durableId="346103718">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="59" w16cid:durableId="598103811">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="60" w16cid:durableId="1047950005">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="61" w16cid:durableId="434208382">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="62" w16cid:durableId="1251305952">
+    <w:abstractNumId w:val="55"/>
+  </w:num>
+  <w:num w:numId="63" w16cid:durableId="376708839">
+    <w:abstractNumId w:val="62"/>
+  </w:num>
+  <w:num w:numId="64" w16cid:durableId="261577005">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="65" w16cid:durableId="1423985197">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="66" w16cid:durableId="64380230">
+    <w:abstractNumId w:val="67"/>
+  </w:num>
+  <w:num w:numId="67" w16cid:durableId="1316184695">
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="31"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="110"/>
   <w:embedSystemFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-AU" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-CA" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-PR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-LU" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-VE" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-ID" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fi-FI" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="sv-SE" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-ID" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:bookFoldPrintingSheets w:val="4"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -10694,50 +14010,51 @@
     <w:rsid w:val="00176B01"/>
     <w:rsid w:val="00176E32"/>
     <w:rsid w:val="00180249"/>
     <w:rsid w:val="00180662"/>
     <w:rsid w:val="00181031"/>
     <w:rsid w:val="00181EE7"/>
     <w:rsid w:val="001827D0"/>
     <w:rsid w:val="00182BCA"/>
     <w:rsid w:val="001830AF"/>
     <w:rsid w:val="001831D1"/>
     <w:rsid w:val="00183253"/>
     <w:rsid w:val="0018483E"/>
     <w:rsid w:val="00184E34"/>
     <w:rsid w:val="00184EA0"/>
     <w:rsid w:val="0018574B"/>
     <w:rsid w:val="00185756"/>
     <w:rsid w:val="00185841"/>
     <w:rsid w:val="00186440"/>
     <w:rsid w:val="00186AAC"/>
     <w:rsid w:val="00187166"/>
     <w:rsid w:val="001876B5"/>
     <w:rsid w:val="001877F0"/>
     <w:rsid w:val="00187A6E"/>
     <w:rsid w:val="00190627"/>
     <w:rsid w:val="001929AE"/>
+    <w:rsid w:val="00192A2D"/>
     <w:rsid w:val="00192BE2"/>
     <w:rsid w:val="00193017"/>
     <w:rsid w:val="0019332D"/>
     <w:rsid w:val="00193699"/>
     <w:rsid w:val="00194289"/>
     <w:rsid w:val="00194BD1"/>
     <w:rsid w:val="00196068"/>
     <w:rsid w:val="001A182F"/>
     <w:rsid w:val="001A1C9B"/>
     <w:rsid w:val="001A1D1A"/>
     <w:rsid w:val="001A1DC9"/>
     <w:rsid w:val="001A1FED"/>
     <w:rsid w:val="001A28D4"/>
     <w:rsid w:val="001A2966"/>
     <w:rsid w:val="001A380A"/>
     <w:rsid w:val="001A5683"/>
     <w:rsid w:val="001A5F95"/>
     <w:rsid w:val="001A602F"/>
     <w:rsid w:val="001A6202"/>
     <w:rsid w:val="001A6B1D"/>
     <w:rsid w:val="001A745C"/>
     <w:rsid w:val="001A7D59"/>
     <w:rsid w:val="001B02F9"/>
     <w:rsid w:val="001B0BAB"/>
     <w:rsid w:val="001B1095"/>
@@ -10839,78 +14156,80 @@
     <w:rsid w:val="00214004"/>
     <w:rsid w:val="00214322"/>
     <w:rsid w:val="0021463B"/>
     <w:rsid w:val="002154D2"/>
     <w:rsid w:val="00215D5D"/>
     <w:rsid w:val="00216694"/>
     <w:rsid w:val="002171FB"/>
     <w:rsid w:val="00217280"/>
     <w:rsid w:val="00217879"/>
     <w:rsid w:val="00217E60"/>
     <w:rsid w:val="00217FDC"/>
     <w:rsid w:val="00220BD9"/>
     <w:rsid w:val="002213A7"/>
     <w:rsid w:val="00221865"/>
     <w:rsid w:val="00221A5D"/>
     <w:rsid w:val="0022258C"/>
     <w:rsid w:val="0022302E"/>
     <w:rsid w:val="00223087"/>
     <w:rsid w:val="002231FF"/>
     <w:rsid w:val="00223E5D"/>
     <w:rsid w:val="002244FC"/>
     <w:rsid w:val="00224EFD"/>
     <w:rsid w:val="0022539F"/>
     <w:rsid w:val="0022582F"/>
     <w:rsid w:val="00225FDA"/>
+    <w:rsid w:val="00226856"/>
     <w:rsid w:val="00226951"/>
     <w:rsid w:val="00226DC2"/>
     <w:rsid w:val="00227748"/>
     <w:rsid w:val="002278EC"/>
     <w:rsid w:val="002279F9"/>
     <w:rsid w:val="00227CEF"/>
     <w:rsid w:val="00227E6F"/>
     <w:rsid w:val="00230010"/>
     <w:rsid w:val="002307B3"/>
     <w:rsid w:val="00231758"/>
     <w:rsid w:val="002318DA"/>
     <w:rsid w:val="00231F6F"/>
     <w:rsid w:val="00232275"/>
     <w:rsid w:val="0023277F"/>
     <w:rsid w:val="00232CFA"/>
     <w:rsid w:val="002332F7"/>
     <w:rsid w:val="002335BE"/>
     <w:rsid w:val="002344BC"/>
     <w:rsid w:val="002344F9"/>
     <w:rsid w:val="002345E9"/>
     <w:rsid w:val="00234A3B"/>
     <w:rsid w:val="0023530E"/>
     <w:rsid w:val="00235362"/>
     <w:rsid w:val="0023566A"/>
     <w:rsid w:val="0023685A"/>
     <w:rsid w:val="00236EFA"/>
     <w:rsid w:val="002403B7"/>
     <w:rsid w:val="00240DD6"/>
+    <w:rsid w:val="002411C2"/>
     <w:rsid w:val="00241A76"/>
     <w:rsid w:val="00241EE3"/>
     <w:rsid w:val="00242FA2"/>
     <w:rsid w:val="002447DA"/>
     <w:rsid w:val="0024493B"/>
     <w:rsid w:val="00244CFB"/>
     <w:rsid w:val="0024538D"/>
     <w:rsid w:val="00245462"/>
     <w:rsid w:val="0024656E"/>
     <w:rsid w:val="00250480"/>
     <w:rsid w:val="00250EFB"/>
     <w:rsid w:val="00250FDB"/>
     <w:rsid w:val="00251974"/>
     <w:rsid w:val="00251ECC"/>
     <w:rsid w:val="00254CD4"/>
     <w:rsid w:val="00254FB4"/>
     <w:rsid w:val="002552D1"/>
     <w:rsid w:val="00255AC2"/>
     <w:rsid w:val="00256117"/>
     <w:rsid w:val="0025638C"/>
     <w:rsid w:val="00256704"/>
     <w:rsid w:val="002570E3"/>
     <w:rsid w:val="002574FA"/>
     <w:rsid w:val="002576CC"/>
     <w:rsid w:val="00257C54"/>
@@ -11101,50 +14420,51 @@
     <w:rsid w:val="00311D26"/>
     <w:rsid w:val="00311FB9"/>
     <w:rsid w:val="00312333"/>
     <w:rsid w:val="0031267C"/>
     <w:rsid w:val="003127DF"/>
     <w:rsid w:val="00313462"/>
     <w:rsid w:val="00313919"/>
     <w:rsid w:val="003139E0"/>
     <w:rsid w:val="00313A28"/>
     <w:rsid w:val="00313A3D"/>
     <w:rsid w:val="00313E3E"/>
     <w:rsid w:val="00313FD0"/>
     <w:rsid w:val="0031483F"/>
     <w:rsid w:val="003152CA"/>
     <w:rsid w:val="003155F5"/>
     <w:rsid w:val="003157E0"/>
     <w:rsid w:val="003159CE"/>
     <w:rsid w:val="00315F78"/>
     <w:rsid w:val="00317762"/>
     <w:rsid w:val="0031782E"/>
     <w:rsid w:val="00321686"/>
     <w:rsid w:val="00321989"/>
     <w:rsid w:val="00322873"/>
     <w:rsid w:val="00322C4E"/>
     <w:rsid w:val="003231D4"/>
+    <w:rsid w:val="00323514"/>
     <w:rsid w:val="003238B8"/>
     <w:rsid w:val="00323B2A"/>
     <w:rsid w:val="0032454C"/>
     <w:rsid w:val="00325A18"/>
     <w:rsid w:val="00325F9F"/>
     <w:rsid w:val="00326FBF"/>
     <w:rsid w:val="00327089"/>
     <w:rsid w:val="003271ED"/>
     <w:rsid w:val="00327424"/>
     <w:rsid w:val="0033043C"/>
     <w:rsid w:val="00330740"/>
     <w:rsid w:val="0033165A"/>
     <w:rsid w:val="00331ABB"/>
     <w:rsid w:val="00331F05"/>
     <w:rsid w:val="0033243C"/>
     <w:rsid w:val="00332486"/>
     <w:rsid w:val="00332516"/>
     <w:rsid w:val="00332FE6"/>
     <w:rsid w:val="00333843"/>
     <w:rsid w:val="00333EB5"/>
     <w:rsid w:val="00334A51"/>
     <w:rsid w:val="00334A85"/>
     <w:rsid w:val="0033541C"/>
     <w:rsid w:val="003369DA"/>
     <w:rsid w:val="0033706C"/>
@@ -11323,50 +14643,51 @@
     <w:rsid w:val="003F6824"/>
     <w:rsid w:val="003F6C0F"/>
     <w:rsid w:val="003F763D"/>
     <w:rsid w:val="003F7F83"/>
     <w:rsid w:val="00400B45"/>
     <w:rsid w:val="004010CD"/>
     <w:rsid w:val="0040249E"/>
     <w:rsid w:val="004024E6"/>
     <w:rsid w:val="004026F9"/>
     <w:rsid w:val="00402FEC"/>
     <w:rsid w:val="00403A43"/>
     <w:rsid w:val="00404749"/>
     <w:rsid w:val="004048E4"/>
     <w:rsid w:val="00404BDB"/>
     <w:rsid w:val="00404C9A"/>
     <w:rsid w:val="00404D0C"/>
     <w:rsid w:val="00404F2E"/>
     <w:rsid w:val="00405757"/>
     <w:rsid w:val="0040599E"/>
     <w:rsid w:val="00405A68"/>
     <w:rsid w:val="004063F3"/>
     <w:rsid w:val="004116DB"/>
     <w:rsid w:val="00412BAF"/>
     <w:rsid w:val="00412D84"/>
     <w:rsid w:val="00413261"/>
+    <w:rsid w:val="004137EC"/>
     <w:rsid w:val="00413CB6"/>
     <w:rsid w:val="00414286"/>
     <w:rsid w:val="00414E14"/>
     <w:rsid w:val="0041505F"/>
     <w:rsid w:val="00415086"/>
     <w:rsid w:val="0041660C"/>
     <w:rsid w:val="004168B5"/>
     <w:rsid w:val="0041737E"/>
     <w:rsid w:val="00417529"/>
     <w:rsid w:val="00417A7D"/>
     <w:rsid w:val="00417DC5"/>
     <w:rsid w:val="00420113"/>
     <w:rsid w:val="00420507"/>
     <w:rsid w:val="00420E26"/>
     <w:rsid w:val="004216BF"/>
     <w:rsid w:val="00421755"/>
     <w:rsid w:val="00421DC4"/>
     <w:rsid w:val="00422791"/>
     <w:rsid w:val="00422FB1"/>
     <w:rsid w:val="0042305F"/>
     <w:rsid w:val="004231A7"/>
     <w:rsid w:val="004234FB"/>
     <w:rsid w:val="004242CE"/>
     <w:rsid w:val="0042490C"/>
     <w:rsid w:val="00424A00"/>
@@ -11475,50 +14796,51 @@
     <w:rsid w:val="00495678"/>
     <w:rsid w:val="00497391"/>
     <w:rsid w:val="004A0E22"/>
     <w:rsid w:val="004A1AE4"/>
     <w:rsid w:val="004A1F23"/>
     <w:rsid w:val="004A2336"/>
     <w:rsid w:val="004A2559"/>
     <w:rsid w:val="004A2D16"/>
     <w:rsid w:val="004A2E1E"/>
     <w:rsid w:val="004A3616"/>
     <w:rsid w:val="004A3B6D"/>
     <w:rsid w:val="004A4D29"/>
     <w:rsid w:val="004A527B"/>
     <w:rsid w:val="004A5C66"/>
     <w:rsid w:val="004A6B74"/>
     <w:rsid w:val="004A6FBE"/>
     <w:rsid w:val="004A791C"/>
     <w:rsid w:val="004B00BE"/>
     <w:rsid w:val="004B02A7"/>
     <w:rsid w:val="004B0D62"/>
     <w:rsid w:val="004B10D3"/>
     <w:rsid w:val="004B115A"/>
     <w:rsid w:val="004B1239"/>
     <w:rsid w:val="004B18B3"/>
     <w:rsid w:val="004B19B6"/>
+    <w:rsid w:val="004B1D3B"/>
     <w:rsid w:val="004B2011"/>
     <w:rsid w:val="004B2015"/>
     <w:rsid w:val="004B2016"/>
     <w:rsid w:val="004B2070"/>
     <w:rsid w:val="004B290C"/>
     <w:rsid w:val="004B2CE8"/>
     <w:rsid w:val="004B2F7F"/>
     <w:rsid w:val="004B33AC"/>
     <w:rsid w:val="004B4483"/>
     <w:rsid w:val="004B49A7"/>
     <w:rsid w:val="004B4E3D"/>
     <w:rsid w:val="004B65A0"/>
     <w:rsid w:val="004B697D"/>
     <w:rsid w:val="004B70A6"/>
     <w:rsid w:val="004B7505"/>
     <w:rsid w:val="004B784F"/>
     <w:rsid w:val="004B7D41"/>
     <w:rsid w:val="004C01F6"/>
     <w:rsid w:val="004C03A5"/>
     <w:rsid w:val="004C1B48"/>
     <w:rsid w:val="004C1DBB"/>
     <w:rsid w:val="004C212C"/>
     <w:rsid w:val="004C238C"/>
     <w:rsid w:val="004C2C1B"/>
     <w:rsid w:val="004C2CA4"/>
@@ -11755,50 +15077,51 @@
     <w:rsid w:val="005C1D3E"/>
     <w:rsid w:val="005C2E3F"/>
     <w:rsid w:val="005C3322"/>
     <w:rsid w:val="005C4003"/>
     <w:rsid w:val="005C4198"/>
     <w:rsid w:val="005C5E79"/>
     <w:rsid w:val="005C675B"/>
     <w:rsid w:val="005C67AD"/>
     <w:rsid w:val="005C6CBB"/>
     <w:rsid w:val="005C7055"/>
     <w:rsid w:val="005C7397"/>
     <w:rsid w:val="005C7398"/>
     <w:rsid w:val="005C755A"/>
     <w:rsid w:val="005D0580"/>
     <w:rsid w:val="005D1460"/>
     <w:rsid w:val="005D1895"/>
     <w:rsid w:val="005D1C91"/>
     <w:rsid w:val="005D2737"/>
     <w:rsid w:val="005D28CD"/>
     <w:rsid w:val="005D2FFF"/>
     <w:rsid w:val="005D3054"/>
     <w:rsid w:val="005D30EF"/>
     <w:rsid w:val="005D3195"/>
     <w:rsid w:val="005D31B7"/>
     <w:rsid w:val="005D34A2"/>
+    <w:rsid w:val="005D3FE8"/>
     <w:rsid w:val="005D5132"/>
     <w:rsid w:val="005D698E"/>
     <w:rsid w:val="005D7982"/>
     <w:rsid w:val="005D7D8D"/>
     <w:rsid w:val="005D7DEF"/>
     <w:rsid w:val="005E0259"/>
     <w:rsid w:val="005E0E3E"/>
     <w:rsid w:val="005E1217"/>
     <w:rsid w:val="005E1507"/>
     <w:rsid w:val="005E1E73"/>
     <w:rsid w:val="005E1FD3"/>
     <w:rsid w:val="005E2426"/>
     <w:rsid w:val="005E2826"/>
     <w:rsid w:val="005E3EFF"/>
     <w:rsid w:val="005E44FE"/>
     <w:rsid w:val="005E5F07"/>
     <w:rsid w:val="005E756B"/>
     <w:rsid w:val="005E7D7D"/>
     <w:rsid w:val="005E7FCB"/>
     <w:rsid w:val="005F0D40"/>
     <w:rsid w:val="005F0D73"/>
     <w:rsid w:val="005F1CDA"/>
     <w:rsid w:val="005F37F9"/>
     <w:rsid w:val="005F3C66"/>
     <w:rsid w:val="005F41D5"/>
@@ -12029,95 +15352,98 @@
     <w:rsid w:val="006F4DCB"/>
     <w:rsid w:val="006F52A4"/>
     <w:rsid w:val="006F53E5"/>
     <w:rsid w:val="006F5F78"/>
     <w:rsid w:val="006F6096"/>
     <w:rsid w:val="006F7285"/>
     <w:rsid w:val="006F7B35"/>
     <w:rsid w:val="006F7E97"/>
     <w:rsid w:val="00700BE8"/>
     <w:rsid w:val="00702006"/>
     <w:rsid w:val="00702474"/>
     <w:rsid w:val="007026AB"/>
     <w:rsid w:val="00702C44"/>
     <w:rsid w:val="00703AB7"/>
     <w:rsid w:val="007044B7"/>
     <w:rsid w:val="00706100"/>
     <w:rsid w:val="00706BE7"/>
     <w:rsid w:val="00706C38"/>
     <w:rsid w:val="0070725C"/>
     <w:rsid w:val="007072BC"/>
     <w:rsid w:val="0070733D"/>
     <w:rsid w:val="00707498"/>
     <w:rsid w:val="00707578"/>
     <w:rsid w:val="007075E6"/>
     <w:rsid w:val="00707736"/>
+    <w:rsid w:val="007103EC"/>
     <w:rsid w:val="00710490"/>
     <w:rsid w:val="007104D0"/>
     <w:rsid w:val="007109E9"/>
     <w:rsid w:val="00710DAD"/>
     <w:rsid w:val="00710FC5"/>
     <w:rsid w:val="007112A5"/>
     <w:rsid w:val="00711542"/>
     <w:rsid w:val="0071178C"/>
     <w:rsid w:val="00713249"/>
+    <w:rsid w:val="0071371D"/>
     <w:rsid w:val="007138A3"/>
     <w:rsid w:val="0071563B"/>
     <w:rsid w:val="007167D4"/>
     <w:rsid w:val="0072008B"/>
     <w:rsid w:val="00720647"/>
     <w:rsid w:val="00720A04"/>
     <w:rsid w:val="00720CFE"/>
     <w:rsid w:val="007220CB"/>
     <w:rsid w:val="0072403B"/>
     <w:rsid w:val="0072408B"/>
     <w:rsid w:val="00724180"/>
     <w:rsid w:val="0072544B"/>
     <w:rsid w:val="00726400"/>
     <w:rsid w:val="0072708E"/>
     <w:rsid w:val="007274C3"/>
     <w:rsid w:val="00727F06"/>
     <w:rsid w:val="007302D9"/>
     <w:rsid w:val="007303F4"/>
     <w:rsid w:val="00730BA3"/>
     <w:rsid w:val="00730D0B"/>
     <w:rsid w:val="00730E96"/>
     <w:rsid w:val="00731227"/>
     <w:rsid w:val="007325F2"/>
     <w:rsid w:val="00733D4C"/>
     <w:rsid w:val="00733F12"/>
     <w:rsid w:val="00734437"/>
     <w:rsid w:val="0073498E"/>
     <w:rsid w:val="00734B7C"/>
     <w:rsid w:val="00734BEE"/>
     <w:rsid w:val="00735214"/>
     <w:rsid w:val="00735D67"/>
     <w:rsid w:val="00735E6A"/>
     <w:rsid w:val="007369AB"/>
     <w:rsid w:val="00736C01"/>
     <w:rsid w:val="007372B6"/>
     <w:rsid w:val="007376E1"/>
+    <w:rsid w:val="00740183"/>
     <w:rsid w:val="0074208A"/>
     <w:rsid w:val="0074230D"/>
     <w:rsid w:val="00743007"/>
     <w:rsid w:val="00743C59"/>
     <w:rsid w:val="007446EE"/>
     <w:rsid w:val="00744FC3"/>
     <w:rsid w:val="007450D2"/>
     <w:rsid w:val="00745A59"/>
     <w:rsid w:val="0074718E"/>
     <w:rsid w:val="00747E58"/>
     <w:rsid w:val="00747E8E"/>
     <w:rsid w:val="00750C6C"/>
     <w:rsid w:val="00751412"/>
     <w:rsid w:val="007514DE"/>
     <w:rsid w:val="007527AC"/>
     <w:rsid w:val="00753152"/>
     <w:rsid w:val="00753407"/>
     <w:rsid w:val="00754262"/>
     <w:rsid w:val="00754301"/>
     <w:rsid w:val="007543B7"/>
     <w:rsid w:val="007549A5"/>
     <w:rsid w:val="0075503E"/>
     <w:rsid w:val="007552EE"/>
     <w:rsid w:val="00755576"/>
     <w:rsid w:val="007555BD"/>
@@ -12225,51 +15551,50 @@
     <w:rsid w:val="007C38B1"/>
     <w:rsid w:val="007C3B36"/>
     <w:rsid w:val="007C3EC6"/>
     <w:rsid w:val="007C47EB"/>
     <w:rsid w:val="007C47F3"/>
     <w:rsid w:val="007C4C91"/>
     <w:rsid w:val="007C4D31"/>
     <w:rsid w:val="007C51C1"/>
     <w:rsid w:val="007C582D"/>
     <w:rsid w:val="007C5B7C"/>
     <w:rsid w:val="007C5C5E"/>
     <w:rsid w:val="007C684F"/>
     <w:rsid w:val="007D035C"/>
     <w:rsid w:val="007D0A9E"/>
     <w:rsid w:val="007D1039"/>
     <w:rsid w:val="007D1A76"/>
     <w:rsid w:val="007D2589"/>
     <w:rsid w:val="007D2BD4"/>
     <w:rsid w:val="007D35B2"/>
     <w:rsid w:val="007D4B39"/>
     <w:rsid w:val="007D515B"/>
     <w:rsid w:val="007D5382"/>
     <w:rsid w:val="007D5B84"/>
     <w:rsid w:val="007D5ED7"/>
     <w:rsid w:val="007E0194"/>
-    <w:rsid w:val="007E0199"/>
     <w:rsid w:val="007E0601"/>
     <w:rsid w:val="007E17A4"/>
     <w:rsid w:val="007E1D16"/>
     <w:rsid w:val="007E1F91"/>
     <w:rsid w:val="007E22E4"/>
     <w:rsid w:val="007E2958"/>
     <w:rsid w:val="007E3477"/>
     <w:rsid w:val="007E3CEA"/>
     <w:rsid w:val="007E46C4"/>
     <w:rsid w:val="007E499F"/>
     <w:rsid w:val="007E5D2B"/>
     <w:rsid w:val="007E6FD8"/>
     <w:rsid w:val="007E732E"/>
     <w:rsid w:val="007F06A7"/>
     <w:rsid w:val="007F167E"/>
     <w:rsid w:val="007F3C4C"/>
     <w:rsid w:val="007F3CDF"/>
     <w:rsid w:val="007F4B21"/>
     <w:rsid w:val="007F550F"/>
     <w:rsid w:val="007F5D82"/>
     <w:rsid w:val="008004FC"/>
     <w:rsid w:val="008007DB"/>
     <w:rsid w:val="0080162C"/>
     <w:rsid w:val="00801870"/>
     <w:rsid w:val="00802182"/>
@@ -12387,50 +15712,51 @@
     <w:rsid w:val="00872D95"/>
     <w:rsid w:val="00873567"/>
     <w:rsid w:val="00874CA9"/>
     <w:rsid w:val="00875155"/>
     <w:rsid w:val="00875714"/>
     <w:rsid w:val="008762A8"/>
     <w:rsid w:val="008776EC"/>
     <w:rsid w:val="00880BC9"/>
     <w:rsid w:val="00880E4A"/>
     <w:rsid w:val="00881146"/>
     <w:rsid w:val="00881D42"/>
     <w:rsid w:val="008826A2"/>
     <w:rsid w:val="00883113"/>
     <w:rsid w:val="008834C6"/>
     <w:rsid w:val="008850D5"/>
     <w:rsid w:val="008865D0"/>
     <w:rsid w:val="00886D89"/>
     <w:rsid w:val="00886DAC"/>
     <w:rsid w:val="00887696"/>
     <w:rsid w:val="00887744"/>
     <w:rsid w:val="00887D5B"/>
     <w:rsid w:val="00887E1C"/>
     <w:rsid w:val="00890292"/>
     <w:rsid w:val="008903D8"/>
     <w:rsid w:val="00891495"/>
+    <w:rsid w:val="00891992"/>
     <w:rsid w:val="00892E10"/>
     <w:rsid w:val="00894330"/>
     <w:rsid w:val="00895A04"/>
     <w:rsid w:val="008967CE"/>
     <w:rsid w:val="008A2943"/>
     <w:rsid w:val="008A2FC1"/>
     <w:rsid w:val="008A376D"/>
     <w:rsid w:val="008A3B0A"/>
     <w:rsid w:val="008A3DF0"/>
     <w:rsid w:val="008A3F66"/>
     <w:rsid w:val="008A4962"/>
     <w:rsid w:val="008A52C8"/>
     <w:rsid w:val="008A5A20"/>
     <w:rsid w:val="008A5EAB"/>
     <w:rsid w:val="008A71EF"/>
     <w:rsid w:val="008A779A"/>
     <w:rsid w:val="008A79DA"/>
     <w:rsid w:val="008A7DD8"/>
     <w:rsid w:val="008A7FD3"/>
     <w:rsid w:val="008B05BA"/>
     <w:rsid w:val="008B0751"/>
     <w:rsid w:val="008B0FD1"/>
     <w:rsid w:val="008B196B"/>
     <w:rsid w:val="008B1FF6"/>
     <w:rsid w:val="008B23DD"/>
@@ -12521,50 +15847,51 @@
     <w:rsid w:val="00913596"/>
     <w:rsid w:val="00913C2A"/>
     <w:rsid w:val="00913FD3"/>
     <w:rsid w:val="00914002"/>
     <w:rsid w:val="009152C8"/>
     <w:rsid w:val="0091578F"/>
     <w:rsid w:val="00915E64"/>
     <w:rsid w:val="009160B1"/>
     <w:rsid w:val="009165BB"/>
     <w:rsid w:val="00916691"/>
     <w:rsid w:val="00916697"/>
     <w:rsid w:val="00916CAE"/>
     <w:rsid w:val="009172E4"/>
     <w:rsid w:val="009179B9"/>
     <w:rsid w:val="00920441"/>
     <w:rsid w:val="0092062B"/>
     <w:rsid w:val="009219CA"/>
     <w:rsid w:val="00921CB3"/>
     <w:rsid w:val="00921EB4"/>
     <w:rsid w:val="0092232F"/>
     <w:rsid w:val="00922AE6"/>
     <w:rsid w:val="00922D2D"/>
     <w:rsid w:val="009231DA"/>
     <w:rsid w:val="0092385C"/>
     <w:rsid w:val="00923D44"/>
+    <w:rsid w:val="00924574"/>
     <w:rsid w:val="0092714B"/>
     <w:rsid w:val="009271B0"/>
     <w:rsid w:val="00927361"/>
     <w:rsid w:val="00927516"/>
     <w:rsid w:val="00927C29"/>
     <w:rsid w:val="009309E9"/>
     <w:rsid w:val="00930C91"/>
     <w:rsid w:val="00930C9C"/>
     <w:rsid w:val="00930ED7"/>
     <w:rsid w:val="00931784"/>
     <w:rsid w:val="0093256C"/>
     <w:rsid w:val="009343A8"/>
     <w:rsid w:val="00935012"/>
     <w:rsid w:val="009352C5"/>
     <w:rsid w:val="0093582F"/>
     <w:rsid w:val="00935F7A"/>
     <w:rsid w:val="00936A0F"/>
     <w:rsid w:val="00936F22"/>
     <w:rsid w:val="00937C6D"/>
     <w:rsid w:val="009400AF"/>
     <w:rsid w:val="009406B3"/>
     <w:rsid w:val="00942B0F"/>
     <w:rsid w:val="00943270"/>
     <w:rsid w:val="00943C7D"/>
     <w:rsid w:val="00943F5F"/>
@@ -12714,50 +16041,51 @@
     <w:rsid w:val="009F0FED"/>
     <w:rsid w:val="009F130C"/>
     <w:rsid w:val="009F16FB"/>
     <w:rsid w:val="009F1E6E"/>
     <w:rsid w:val="009F279B"/>
     <w:rsid w:val="009F2CA6"/>
     <w:rsid w:val="009F36ED"/>
     <w:rsid w:val="009F38F6"/>
     <w:rsid w:val="009F419E"/>
     <w:rsid w:val="009F4501"/>
     <w:rsid w:val="009F4517"/>
     <w:rsid w:val="009F5558"/>
     <w:rsid w:val="009F5B0D"/>
     <w:rsid w:val="009F6194"/>
     <w:rsid w:val="009F61F0"/>
     <w:rsid w:val="009F6637"/>
     <w:rsid w:val="009F6AB4"/>
     <w:rsid w:val="009F72C6"/>
     <w:rsid w:val="009F741A"/>
     <w:rsid w:val="009F786A"/>
     <w:rsid w:val="009F7BC8"/>
     <w:rsid w:val="00A005D6"/>
     <w:rsid w:val="00A00B99"/>
     <w:rsid w:val="00A00E57"/>
     <w:rsid w:val="00A010C5"/>
+    <w:rsid w:val="00A015E4"/>
     <w:rsid w:val="00A01672"/>
     <w:rsid w:val="00A0207E"/>
     <w:rsid w:val="00A025A6"/>
     <w:rsid w:val="00A0289E"/>
     <w:rsid w:val="00A0356B"/>
     <w:rsid w:val="00A04057"/>
     <w:rsid w:val="00A04AE4"/>
     <w:rsid w:val="00A04B03"/>
     <w:rsid w:val="00A04D46"/>
     <w:rsid w:val="00A04FE2"/>
     <w:rsid w:val="00A06481"/>
     <w:rsid w:val="00A06A32"/>
     <w:rsid w:val="00A06DF8"/>
     <w:rsid w:val="00A0715F"/>
     <w:rsid w:val="00A07227"/>
     <w:rsid w:val="00A10AD3"/>
     <w:rsid w:val="00A10E34"/>
     <w:rsid w:val="00A1141E"/>
     <w:rsid w:val="00A12525"/>
     <w:rsid w:val="00A12703"/>
     <w:rsid w:val="00A12896"/>
     <w:rsid w:val="00A12C52"/>
     <w:rsid w:val="00A133CD"/>
     <w:rsid w:val="00A14CC0"/>
     <w:rsid w:val="00A150D6"/>
@@ -12801,50 +16129,51 @@
     <w:rsid w:val="00A4344A"/>
     <w:rsid w:val="00A43E98"/>
     <w:rsid w:val="00A43EBD"/>
     <w:rsid w:val="00A43ED9"/>
     <w:rsid w:val="00A43F33"/>
     <w:rsid w:val="00A443B4"/>
     <w:rsid w:val="00A44680"/>
     <w:rsid w:val="00A452A8"/>
     <w:rsid w:val="00A455CC"/>
     <w:rsid w:val="00A45D23"/>
     <w:rsid w:val="00A460EF"/>
     <w:rsid w:val="00A462A0"/>
     <w:rsid w:val="00A46E7F"/>
     <w:rsid w:val="00A47A70"/>
     <w:rsid w:val="00A504A3"/>
     <w:rsid w:val="00A5121A"/>
     <w:rsid w:val="00A52622"/>
     <w:rsid w:val="00A52AA6"/>
     <w:rsid w:val="00A546D1"/>
     <w:rsid w:val="00A548FA"/>
     <w:rsid w:val="00A54C16"/>
     <w:rsid w:val="00A54CC6"/>
     <w:rsid w:val="00A54D65"/>
     <w:rsid w:val="00A54DA5"/>
     <w:rsid w:val="00A553C1"/>
+    <w:rsid w:val="00A55923"/>
     <w:rsid w:val="00A56C7D"/>
     <w:rsid w:val="00A57FE3"/>
     <w:rsid w:val="00A602C5"/>
     <w:rsid w:val="00A60AA2"/>
     <w:rsid w:val="00A60F41"/>
     <w:rsid w:val="00A6199C"/>
     <w:rsid w:val="00A61EAF"/>
     <w:rsid w:val="00A622A7"/>
     <w:rsid w:val="00A6247C"/>
     <w:rsid w:val="00A62C3E"/>
     <w:rsid w:val="00A630F0"/>
     <w:rsid w:val="00A6316B"/>
     <w:rsid w:val="00A642E5"/>
     <w:rsid w:val="00A64FB0"/>
     <w:rsid w:val="00A6605F"/>
     <w:rsid w:val="00A660BC"/>
     <w:rsid w:val="00A6620C"/>
     <w:rsid w:val="00A66A72"/>
     <w:rsid w:val="00A67BAC"/>
     <w:rsid w:val="00A70A53"/>
     <w:rsid w:val="00A72178"/>
     <w:rsid w:val="00A72D1A"/>
     <w:rsid w:val="00A73CDE"/>
     <w:rsid w:val="00A73F5A"/>
     <w:rsid w:val="00A73FCD"/>
@@ -12871,50 +16200,51 @@
     <w:rsid w:val="00A861DD"/>
     <w:rsid w:val="00A86664"/>
     <w:rsid w:val="00A87296"/>
     <w:rsid w:val="00A90D8A"/>
     <w:rsid w:val="00A9106E"/>
     <w:rsid w:val="00A91569"/>
     <w:rsid w:val="00A91C8F"/>
     <w:rsid w:val="00A921A4"/>
     <w:rsid w:val="00A94B9C"/>
     <w:rsid w:val="00A954C6"/>
     <w:rsid w:val="00A95A26"/>
     <w:rsid w:val="00A96F27"/>
     <w:rsid w:val="00A9750A"/>
     <w:rsid w:val="00A978EA"/>
     <w:rsid w:val="00A97900"/>
     <w:rsid w:val="00A97E6F"/>
     <w:rsid w:val="00A97FCF"/>
     <w:rsid w:val="00AA0473"/>
     <w:rsid w:val="00AA0B50"/>
     <w:rsid w:val="00AA1605"/>
     <w:rsid w:val="00AA2737"/>
     <w:rsid w:val="00AA3023"/>
     <w:rsid w:val="00AA3407"/>
     <w:rsid w:val="00AA3C33"/>
     <w:rsid w:val="00AA3C5B"/>
+    <w:rsid w:val="00AA42D4"/>
     <w:rsid w:val="00AA432B"/>
     <w:rsid w:val="00AA4F97"/>
     <w:rsid w:val="00AA79DE"/>
     <w:rsid w:val="00AA7B94"/>
     <w:rsid w:val="00AB0307"/>
     <w:rsid w:val="00AB0DB0"/>
     <w:rsid w:val="00AB247C"/>
     <w:rsid w:val="00AB35A8"/>
     <w:rsid w:val="00AB38A3"/>
     <w:rsid w:val="00AB4600"/>
     <w:rsid w:val="00AB4BE7"/>
     <w:rsid w:val="00AB5E81"/>
     <w:rsid w:val="00AB643F"/>
     <w:rsid w:val="00AB65EF"/>
     <w:rsid w:val="00AB66E2"/>
     <w:rsid w:val="00AB6904"/>
     <w:rsid w:val="00AB7496"/>
     <w:rsid w:val="00AB75D4"/>
     <w:rsid w:val="00AB7950"/>
     <w:rsid w:val="00AB7A65"/>
     <w:rsid w:val="00AC0363"/>
     <w:rsid w:val="00AC0DBF"/>
     <w:rsid w:val="00AC18E9"/>
     <w:rsid w:val="00AC2043"/>
     <w:rsid w:val="00AC209A"/>
@@ -13030,50 +16360,51 @@
     <w:rsid w:val="00B26911"/>
     <w:rsid w:val="00B27143"/>
     <w:rsid w:val="00B279DB"/>
     <w:rsid w:val="00B30CB1"/>
     <w:rsid w:val="00B31269"/>
     <w:rsid w:val="00B3138F"/>
     <w:rsid w:val="00B31DAC"/>
     <w:rsid w:val="00B31F71"/>
     <w:rsid w:val="00B32000"/>
     <w:rsid w:val="00B32311"/>
     <w:rsid w:val="00B32429"/>
     <w:rsid w:val="00B32ED1"/>
     <w:rsid w:val="00B3321F"/>
     <w:rsid w:val="00B335A3"/>
     <w:rsid w:val="00B3419F"/>
     <w:rsid w:val="00B348D0"/>
     <w:rsid w:val="00B3495A"/>
     <w:rsid w:val="00B34C23"/>
     <w:rsid w:val="00B35435"/>
     <w:rsid w:val="00B362E6"/>
     <w:rsid w:val="00B36578"/>
     <w:rsid w:val="00B3714B"/>
     <w:rsid w:val="00B37254"/>
     <w:rsid w:val="00B4036D"/>
     <w:rsid w:val="00B41286"/>
+    <w:rsid w:val="00B4218B"/>
     <w:rsid w:val="00B426BB"/>
     <w:rsid w:val="00B432E1"/>
     <w:rsid w:val="00B43CD1"/>
     <w:rsid w:val="00B44051"/>
     <w:rsid w:val="00B45F4B"/>
     <w:rsid w:val="00B46415"/>
     <w:rsid w:val="00B46C1D"/>
     <w:rsid w:val="00B46D4B"/>
     <w:rsid w:val="00B47516"/>
     <w:rsid w:val="00B47D2F"/>
     <w:rsid w:val="00B5129B"/>
     <w:rsid w:val="00B5145C"/>
     <w:rsid w:val="00B52898"/>
     <w:rsid w:val="00B53115"/>
     <w:rsid w:val="00B53E56"/>
     <w:rsid w:val="00B544BC"/>
     <w:rsid w:val="00B54B6A"/>
     <w:rsid w:val="00B5623B"/>
     <w:rsid w:val="00B56364"/>
     <w:rsid w:val="00B56472"/>
     <w:rsid w:val="00B564A7"/>
     <w:rsid w:val="00B564CF"/>
     <w:rsid w:val="00B564D2"/>
     <w:rsid w:val="00B57212"/>
     <w:rsid w:val="00B611DE"/>
@@ -13101,50 +16432,51 @@
     <w:rsid w:val="00B75DBD"/>
     <w:rsid w:val="00B76310"/>
     <w:rsid w:val="00B767AE"/>
     <w:rsid w:val="00B77123"/>
     <w:rsid w:val="00B77462"/>
     <w:rsid w:val="00B774E2"/>
     <w:rsid w:val="00B7788E"/>
     <w:rsid w:val="00B778B3"/>
     <w:rsid w:val="00B804E7"/>
     <w:rsid w:val="00B80691"/>
     <w:rsid w:val="00B814BF"/>
     <w:rsid w:val="00B8201C"/>
     <w:rsid w:val="00B8423D"/>
     <w:rsid w:val="00B85756"/>
     <w:rsid w:val="00B8589A"/>
     <w:rsid w:val="00B859C8"/>
     <w:rsid w:val="00B859F9"/>
     <w:rsid w:val="00B85F43"/>
     <w:rsid w:val="00B8623B"/>
     <w:rsid w:val="00B86808"/>
     <w:rsid w:val="00B86FE0"/>
     <w:rsid w:val="00B9006C"/>
     <w:rsid w:val="00B9091A"/>
     <w:rsid w:val="00B91BD2"/>
     <w:rsid w:val="00B939C1"/>
+    <w:rsid w:val="00B9511C"/>
     <w:rsid w:val="00B9571F"/>
     <w:rsid w:val="00B95BEF"/>
     <w:rsid w:val="00B96478"/>
     <w:rsid w:val="00B96AAD"/>
     <w:rsid w:val="00BA109E"/>
     <w:rsid w:val="00BA1486"/>
     <w:rsid w:val="00BA1657"/>
     <w:rsid w:val="00BA24DF"/>
     <w:rsid w:val="00BA325E"/>
     <w:rsid w:val="00BA411F"/>
     <w:rsid w:val="00BA42CB"/>
     <w:rsid w:val="00BA5CED"/>
     <w:rsid w:val="00BA6006"/>
     <w:rsid w:val="00BA6517"/>
     <w:rsid w:val="00BA671F"/>
     <w:rsid w:val="00BA6908"/>
     <w:rsid w:val="00BA6CD2"/>
     <w:rsid w:val="00BA72C2"/>
     <w:rsid w:val="00BA77B2"/>
     <w:rsid w:val="00BB0E34"/>
     <w:rsid w:val="00BB15F7"/>
     <w:rsid w:val="00BB1862"/>
     <w:rsid w:val="00BB1BD4"/>
     <w:rsid w:val="00BB22DC"/>
     <w:rsid w:val="00BB28B1"/>
@@ -13400,75 +16732,77 @@
     <w:rsid w:val="00CB4CC3"/>
     <w:rsid w:val="00CB5148"/>
     <w:rsid w:val="00CB53CB"/>
     <w:rsid w:val="00CB63D5"/>
     <w:rsid w:val="00CB6425"/>
     <w:rsid w:val="00CB6579"/>
     <w:rsid w:val="00CB70A8"/>
     <w:rsid w:val="00CB78BC"/>
     <w:rsid w:val="00CC03F1"/>
     <w:rsid w:val="00CC04E2"/>
     <w:rsid w:val="00CC0CF5"/>
     <w:rsid w:val="00CC0D08"/>
     <w:rsid w:val="00CC11DE"/>
     <w:rsid w:val="00CC27B5"/>
     <w:rsid w:val="00CC2D7B"/>
     <w:rsid w:val="00CC364E"/>
     <w:rsid w:val="00CC38A5"/>
     <w:rsid w:val="00CC38F4"/>
     <w:rsid w:val="00CC3F67"/>
     <w:rsid w:val="00CC561B"/>
     <w:rsid w:val="00CC5DDF"/>
     <w:rsid w:val="00CC7F6C"/>
     <w:rsid w:val="00CD08CE"/>
     <w:rsid w:val="00CD0A0D"/>
     <w:rsid w:val="00CD0A7E"/>
+    <w:rsid w:val="00CD1417"/>
     <w:rsid w:val="00CD1C9A"/>
     <w:rsid w:val="00CD2499"/>
     <w:rsid w:val="00CD2890"/>
     <w:rsid w:val="00CD2991"/>
     <w:rsid w:val="00CD2A24"/>
     <w:rsid w:val="00CD2B1E"/>
     <w:rsid w:val="00CD2F3A"/>
     <w:rsid w:val="00CD4511"/>
     <w:rsid w:val="00CD5C23"/>
     <w:rsid w:val="00CD5C56"/>
     <w:rsid w:val="00CD65A9"/>
     <w:rsid w:val="00CD6CD9"/>
     <w:rsid w:val="00CD7145"/>
     <w:rsid w:val="00CD73E8"/>
     <w:rsid w:val="00CD7EBD"/>
     <w:rsid w:val="00CD7F7E"/>
     <w:rsid w:val="00CE11E3"/>
     <w:rsid w:val="00CE1623"/>
     <w:rsid w:val="00CE1EE8"/>
     <w:rsid w:val="00CE2149"/>
     <w:rsid w:val="00CE2292"/>
     <w:rsid w:val="00CE5437"/>
     <w:rsid w:val="00CE5622"/>
     <w:rsid w:val="00CE596D"/>
     <w:rsid w:val="00CE5C54"/>
+    <w:rsid w:val="00CE691F"/>
     <w:rsid w:val="00CE694F"/>
     <w:rsid w:val="00CE7DC9"/>
     <w:rsid w:val="00CF07B2"/>
     <w:rsid w:val="00CF157A"/>
     <w:rsid w:val="00CF172F"/>
     <w:rsid w:val="00CF1A85"/>
     <w:rsid w:val="00CF1AD9"/>
     <w:rsid w:val="00CF24BA"/>
     <w:rsid w:val="00CF27B4"/>
     <w:rsid w:val="00CF2AE9"/>
     <w:rsid w:val="00CF2E01"/>
     <w:rsid w:val="00CF42D4"/>
     <w:rsid w:val="00CF5205"/>
     <w:rsid w:val="00CF5B89"/>
     <w:rsid w:val="00CF5CBD"/>
     <w:rsid w:val="00CF65FF"/>
     <w:rsid w:val="00CF7940"/>
     <w:rsid w:val="00CF7AA7"/>
     <w:rsid w:val="00CF7D72"/>
     <w:rsid w:val="00D000C5"/>
     <w:rsid w:val="00D00746"/>
     <w:rsid w:val="00D0098F"/>
     <w:rsid w:val="00D00BAC"/>
     <w:rsid w:val="00D0124A"/>
     <w:rsid w:val="00D0138C"/>
@@ -13570,50 +16904,51 @@
     <w:rsid w:val="00D53A0E"/>
     <w:rsid w:val="00D54293"/>
     <w:rsid w:val="00D545E1"/>
     <w:rsid w:val="00D554CA"/>
     <w:rsid w:val="00D55CA5"/>
     <w:rsid w:val="00D561FA"/>
     <w:rsid w:val="00D57210"/>
     <w:rsid w:val="00D5777A"/>
     <w:rsid w:val="00D579A2"/>
     <w:rsid w:val="00D57A21"/>
     <w:rsid w:val="00D614E1"/>
     <w:rsid w:val="00D61838"/>
     <w:rsid w:val="00D62D10"/>
     <w:rsid w:val="00D63C49"/>
     <w:rsid w:val="00D64E38"/>
     <w:rsid w:val="00D65EA4"/>
     <w:rsid w:val="00D66115"/>
     <w:rsid w:val="00D70BBB"/>
     <w:rsid w:val="00D70E41"/>
     <w:rsid w:val="00D70FA4"/>
     <w:rsid w:val="00D7193F"/>
     <w:rsid w:val="00D7197C"/>
     <w:rsid w:val="00D71DC0"/>
     <w:rsid w:val="00D72024"/>
     <w:rsid w:val="00D722C5"/>
+    <w:rsid w:val="00D734DB"/>
     <w:rsid w:val="00D73689"/>
     <w:rsid w:val="00D73AC2"/>
     <w:rsid w:val="00D75D59"/>
     <w:rsid w:val="00D75F42"/>
     <w:rsid w:val="00D7681D"/>
     <w:rsid w:val="00D76930"/>
     <w:rsid w:val="00D76958"/>
     <w:rsid w:val="00D76E90"/>
     <w:rsid w:val="00D778F7"/>
     <w:rsid w:val="00D80519"/>
     <w:rsid w:val="00D80A49"/>
     <w:rsid w:val="00D80BD7"/>
     <w:rsid w:val="00D812E9"/>
     <w:rsid w:val="00D8152D"/>
     <w:rsid w:val="00D8192A"/>
     <w:rsid w:val="00D81C1A"/>
     <w:rsid w:val="00D81C96"/>
     <w:rsid w:val="00D81F3A"/>
     <w:rsid w:val="00D81FE4"/>
     <w:rsid w:val="00D828CA"/>
     <w:rsid w:val="00D83412"/>
     <w:rsid w:val="00D83A79"/>
     <w:rsid w:val="00D83F3F"/>
     <w:rsid w:val="00D848CB"/>
     <w:rsid w:val="00D855DB"/>
@@ -13667,50 +17002,51 @@
     <w:rsid w:val="00DC18C3"/>
     <w:rsid w:val="00DC25C1"/>
     <w:rsid w:val="00DC2742"/>
     <w:rsid w:val="00DC3502"/>
     <w:rsid w:val="00DC3813"/>
     <w:rsid w:val="00DC3FB7"/>
     <w:rsid w:val="00DC4EAE"/>
     <w:rsid w:val="00DC5C5A"/>
     <w:rsid w:val="00DC5F75"/>
     <w:rsid w:val="00DC60A6"/>
     <w:rsid w:val="00DC61A0"/>
     <w:rsid w:val="00DC6654"/>
     <w:rsid w:val="00DC7BBC"/>
     <w:rsid w:val="00DC7BCD"/>
     <w:rsid w:val="00DC7C04"/>
     <w:rsid w:val="00DD231A"/>
     <w:rsid w:val="00DD2D87"/>
     <w:rsid w:val="00DD3437"/>
     <w:rsid w:val="00DD34B7"/>
     <w:rsid w:val="00DD4088"/>
     <w:rsid w:val="00DD51A3"/>
     <w:rsid w:val="00DD6E13"/>
     <w:rsid w:val="00DD7197"/>
     <w:rsid w:val="00DD7DC8"/>
     <w:rsid w:val="00DD7FEE"/>
+    <w:rsid w:val="00DE03D9"/>
     <w:rsid w:val="00DE0430"/>
     <w:rsid w:val="00DE0ABC"/>
     <w:rsid w:val="00DE0C91"/>
     <w:rsid w:val="00DE1836"/>
     <w:rsid w:val="00DE23E3"/>
     <w:rsid w:val="00DE30E6"/>
     <w:rsid w:val="00DE3874"/>
     <w:rsid w:val="00DE390D"/>
     <w:rsid w:val="00DE4224"/>
     <w:rsid w:val="00DE5A1C"/>
     <w:rsid w:val="00DE6147"/>
     <w:rsid w:val="00DF025B"/>
     <w:rsid w:val="00DF0271"/>
     <w:rsid w:val="00DF0988"/>
     <w:rsid w:val="00DF0A77"/>
     <w:rsid w:val="00DF1102"/>
     <w:rsid w:val="00DF1914"/>
     <w:rsid w:val="00DF322F"/>
     <w:rsid w:val="00DF4250"/>
     <w:rsid w:val="00DF4590"/>
     <w:rsid w:val="00DF4E94"/>
     <w:rsid w:val="00DF5353"/>
     <w:rsid w:val="00DF5371"/>
     <w:rsid w:val="00DF5401"/>
     <w:rsid w:val="00DF573C"/>
@@ -14010,50 +17346,51 @@
     <w:rsid w:val="00F17125"/>
     <w:rsid w:val="00F206E5"/>
     <w:rsid w:val="00F20D1C"/>
     <w:rsid w:val="00F217DD"/>
     <w:rsid w:val="00F21CDC"/>
     <w:rsid w:val="00F2235B"/>
     <w:rsid w:val="00F2248B"/>
     <w:rsid w:val="00F2295E"/>
     <w:rsid w:val="00F22DB8"/>
     <w:rsid w:val="00F23211"/>
     <w:rsid w:val="00F23B32"/>
     <w:rsid w:val="00F24A82"/>
     <w:rsid w:val="00F25F5C"/>
     <w:rsid w:val="00F26B8C"/>
     <w:rsid w:val="00F26D6B"/>
     <w:rsid w:val="00F303D0"/>
     <w:rsid w:val="00F306DD"/>
     <w:rsid w:val="00F30942"/>
     <w:rsid w:val="00F310BC"/>
     <w:rsid w:val="00F3118E"/>
     <w:rsid w:val="00F32090"/>
     <w:rsid w:val="00F3276A"/>
     <w:rsid w:val="00F32DA7"/>
     <w:rsid w:val="00F32FF7"/>
     <w:rsid w:val="00F33099"/>
+    <w:rsid w:val="00F3324D"/>
     <w:rsid w:val="00F33701"/>
     <w:rsid w:val="00F33756"/>
     <w:rsid w:val="00F33C54"/>
     <w:rsid w:val="00F345BE"/>
     <w:rsid w:val="00F34827"/>
     <w:rsid w:val="00F34F49"/>
     <w:rsid w:val="00F369A8"/>
     <w:rsid w:val="00F37025"/>
     <w:rsid w:val="00F371F5"/>
     <w:rsid w:val="00F37496"/>
     <w:rsid w:val="00F3755A"/>
     <w:rsid w:val="00F37935"/>
     <w:rsid w:val="00F379B4"/>
     <w:rsid w:val="00F41064"/>
     <w:rsid w:val="00F41BC0"/>
     <w:rsid w:val="00F4237D"/>
     <w:rsid w:val="00F4337F"/>
     <w:rsid w:val="00F436E8"/>
     <w:rsid w:val="00F442C1"/>
     <w:rsid w:val="00F442CB"/>
     <w:rsid w:val="00F4438A"/>
     <w:rsid w:val="00F4446C"/>
     <w:rsid w:val="00F4593D"/>
     <w:rsid w:val="00F45F07"/>
     <w:rsid w:val="00F46CF0"/>
@@ -14112,50 +17449,51 @@
     <w:rsid w:val="00F85EDD"/>
     <w:rsid w:val="00F86A65"/>
     <w:rsid w:val="00F87017"/>
     <w:rsid w:val="00F875D8"/>
     <w:rsid w:val="00F87826"/>
     <w:rsid w:val="00F90F6C"/>
     <w:rsid w:val="00F91128"/>
     <w:rsid w:val="00F912C6"/>
     <w:rsid w:val="00F91618"/>
     <w:rsid w:val="00F91A7C"/>
     <w:rsid w:val="00F927DE"/>
     <w:rsid w:val="00F928C0"/>
     <w:rsid w:val="00F93DDA"/>
     <w:rsid w:val="00F95655"/>
     <w:rsid w:val="00F9578B"/>
     <w:rsid w:val="00F96032"/>
     <w:rsid w:val="00F9638A"/>
     <w:rsid w:val="00F96DDF"/>
     <w:rsid w:val="00F97945"/>
     <w:rsid w:val="00F979F7"/>
     <w:rsid w:val="00F97FC0"/>
     <w:rsid w:val="00F97FC8"/>
     <w:rsid w:val="00F97FD8"/>
     <w:rsid w:val="00FA0259"/>
     <w:rsid w:val="00FA0646"/>
+    <w:rsid w:val="00FA1677"/>
     <w:rsid w:val="00FA1678"/>
     <w:rsid w:val="00FA1A79"/>
     <w:rsid w:val="00FA29B9"/>
     <w:rsid w:val="00FA2F9D"/>
     <w:rsid w:val="00FA341B"/>
     <w:rsid w:val="00FA394B"/>
     <w:rsid w:val="00FA4750"/>
     <w:rsid w:val="00FA4CA1"/>
     <w:rsid w:val="00FA5CC5"/>
     <w:rsid w:val="00FA605C"/>
     <w:rsid w:val="00FA6450"/>
     <w:rsid w:val="00FA66B8"/>
     <w:rsid w:val="00FA73B3"/>
     <w:rsid w:val="00FA77E7"/>
     <w:rsid w:val="00FA7A57"/>
     <w:rsid w:val="00FA7FFB"/>
     <w:rsid w:val="00FB024F"/>
     <w:rsid w:val="00FB049F"/>
     <w:rsid w:val="00FB0F45"/>
     <w:rsid w:val="00FB18FA"/>
     <w:rsid w:val="00FB2B78"/>
     <w:rsid w:val="00FB2BBD"/>
     <w:rsid w:val="00FB2F6D"/>
     <w:rsid w:val="00FB334F"/>
     <w:rsid w:val="00FB3D76"/>
@@ -14196,62 +17534,64 @@
     <w:rsid w:val="00FD6503"/>
     <w:rsid w:val="00FD690C"/>
     <w:rsid w:val="00FD7D7C"/>
     <w:rsid w:val="00FE023E"/>
     <w:rsid w:val="00FE039E"/>
     <w:rsid w:val="00FE0C76"/>
     <w:rsid w:val="00FE0CB0"/>
     <w:rsid w:val="00FE0F93"/>
     <w:rsid w:val="00FE128B"/>
     <w:rsid w:val="00FE1314"/>
     <w:rsid w:val="00FE13D7"/>
     <w:rsid w:val="00FE1971"/>
     <w:rsid w:val="00FE2262"/>
     <w:rsid w:val="00FE238D"/>
     <w:rsid w:val="00FE2A90"/>
     <w:rsid w:val="00FE2CF3"/>
     <w:rsid w:val="00FE2DE2"/>
     <w:rsid w:val="00FE31FF"/>
     <w:rsid w:val="00FE3BCE"/>
     <w:rsid w:val="00FE3CF4"/>
     <w:rsid w:val="00FE4382"/>
     <w:rsid w:val="00FE53D1"/>
     <w:rsid w:val="00FE565B"/>
     <w:rsid w:val="00FE60EC"/>
     <w:rsid w:val="00FE70C7"/>
+    <w:rsid w:val="00FE77CA"/>
     <w:rsid w:val="00FF0CA5"/>
     <w:rsid w:val="00FF10A5"/>
     <w:rsid w:val="00FF118B"/>
     <w:rsid w:val="00FF141B"/>
     <w:rsid w:val="00FF213C"/>
     <w:rsid w:val="00FF2774"/>
     <w:rsid w:val="00FF2860"/>
     <w:rsid w:val="00FF2EDA"/>
     <w:rsid w:val="00FF4E8C"/>
     <w:rsid w:val="00FF52F4"/>
     <w:rsid w:val="00FF5538"/>
     <w:rsid w:val="00FF5554"/>
+    <w:rsid w:val="00FF5576"/>
     <w:rsid w:val="00FF5869"/>
     <w:rsid w:val="00FF6B50"/>
     <w:rsid w:val="00FF6FE1"/>
     <w:rsid w:val="00FF7321"/>
     <w:rsid w:val="00FF7801"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -14858,51 +18198,50 @@
     <w:qFormat/>
     <w:rsid w:val="00A2115E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="1584"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="240" w:after="60"/>
       <w:ind w:left="1584" w:hanging="1584"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -15176,50 +18515,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="UGEX'Z,spasi 2 taiiii,PARAGRAPH"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00FE60EC"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
     <w:name w:val="List Paragraph Char"/>
     <w:aliases w:val="UGEX'Z Char,spasi 2 taiiii Char,PARAGRAPH Char"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
+    <w:qFormat/>
     <w:rsid w:val="00F82E54"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FE60EC"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
     <w:name w:val="Body Text Indent 3"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndent3Char"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FE60EC"/>
     <w:pPr>
       <w:spacing w:after="120"/>
@@ -21914,75 +25254,75 @@
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:JournalName>International Journal of Leprosy</b:JournalName>
     <b:Volume>Volume 64</b:Volume>
     <b:Issue>Number 2</b:Issue>
     <b:RefOrder>41</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C59179CF-EC95-47AA-ADD3-AB583F2F0C8B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1495</Words>
-  <Characters>8522</Characters>
+  <Words>1597</Words>
+  <Characters>9109</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>71</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>75</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>BAB I</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9998</CharactersWithSpaces>
+  <CharactersWithSpaces>10685</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="264" baseType="variant">
       <vt:variant>
         <vt:i4>6946874</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>351</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.csp.org.uk/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2359405</vt:i4>
       </vt:variant>
       <vt:variant>